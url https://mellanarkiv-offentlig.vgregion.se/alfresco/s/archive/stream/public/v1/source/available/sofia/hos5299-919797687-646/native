--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -3,6140 +3,7496 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3327CC0D" w14:textId="25ADBE6A" w:rsidR="00332724" w:rsidRPr="001436E5" w:rsidRDefault="00332724" w:rsidP="00332724">
+    <w:p w14:paraId="0C2B0CDD" w14:textId="42E9AADA" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Skyddsrond/fysisk arbetsmiljö</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="586CC6E7" w14:textId="19388D7E" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AD5E08" w14:textId="3736193C" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Denna checklista kan användas för undersökning av den fysiska arbetsmiljön.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B80EA85" w14:textId="0ECC823B" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Den täcker de mest vanliga arbetsmiljöaspekterna som varje arbetsplats måste undersöka för att säkerställa en god fysisk arbetsmiljö. Åtgärder som behöver vidtas ska dokumenteras i en handlingsplan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C99C15A" w14:textId="5298A21C" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE5632E" w14:textId="6AD41B72" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Involvera medarbetarna inför genomförande av skyddsrond exempelvis på APT med att informera om när detta ska ske och att synpunkter önskas. Skyddsombud/utsedda medarbetare och chefen samlar in synpunkter och fyller sedan i checklistan, identifierar förbättringsområden, prioriterar och formulerar förslag på åtgärder i en handlingsplan. Handlingsplanen återförs sedan till APT för dialog. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4104A15E" w14:textId="12D565DC" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>Handlingsplanen fastställs av chefen och frågor som inte kan lösas på arbetsplatsen lyfts till nästa nivå. Mall för handlingsplan för arbetsmiljöåtgärder kan laddas ner från Guiden för systematiskt hälso- och arbetsmiljöarbete eller i SAM modulen i Plan och Styr.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E11BE53" w14:textId="142358F1" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="75" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="651"/>
+        <w:gridCol w:w="4467"/>
+        <w:gridCol w:w="468"/>
+        <w:gridCol w:w="523"/>
+        <w:gridCol w:w="1071"/>
+        <w:gridCol w:w="1797"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="02CE27EE" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0D1EBB" w14:textId="5397493A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="585901A8" w14:textId="7F8AD5B5" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Arbetsmiljöfaktorer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5FEE5E" w14:textId="65D40D5E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1252804A" w14:textId="217A08EC" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A3D6ECD" w14:textId="72787CDE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ej relevant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29274148" w14:textId="5CB2EFB7" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kommentar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="3806E1B5" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8977" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33435B05" w14:textId="52D5EB3F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:hanging="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Ordning och reda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="698559A6" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F95F1C" w14:textId="7264AE49" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78213959" w14:textId="2BB471C0" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Är ordningen på arbetsplatsen god?              </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0AEEA6" w14:textId="5D9B8D8E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Inget skräp, onödigt material, inaktuell information, fungerande städning, el anordningar utan anmärkning)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46A8EE31" w14:textId="096D187F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E29B50" w14:textId="01182BE4" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28A564C2" w14:textId="4B59656D" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1004FBEE" w14:textId="01FF0407" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="385AC4D4" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD52604" w14:textId="191B0465" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F24C733" w14:textId="0ECD6682" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Är golven utan anmärkning? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C96CC8F" w14:textId="42AFE709" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Hela, halkfria, markerade nivåskillnader, fria från sladdar)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F07765" w14:textId="12EE2AE9" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF5395D" w14:textId="5A18791B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="176D7B1A" w14:textId="37131B51" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F66204D" w14:textId="282A82C2" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="0D82BEB9" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55623B0F" w14:textId="0BF23CEF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57C34593" w14:textId="3B76780F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Är framkomligheten god? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58E6F737" w14:textId="7CD09139" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Trappor, dörrar, transportvägar, andra passager)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D99CB03" w14:textId="2D6D1585" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC4FAB6" w14:textId="7CCDABA8" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15C707AB" w14:textId="7DEE61AA" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="678E981C" w14:textId="75A4FD3E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="0CAA4973" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E86B071" w14:textId="606D6970" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="261EC036" w14:textId="58719C27" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Har ni utfört en visuell säkerhetskontroll av era elektiska utrustningar? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="323AA251" w14:textId="1FB6976D" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522E22A7" w14:textId="31C3B8CE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73EE8D15" w14:textId="7D8CBE2B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EAB34A7" w14:textId="0BF1A793" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="741FCBEA" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EECDB69" w14:textId="51B9324C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51A4E514" w14:textId="7EEE1A07" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns det trasig elektisk utrustning som inte används?</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Om den ej ska användas ska den återvinnas. Om reparation ska göras, viktigt att det görs fackmannamässigt.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="747CD74C" w14:textId="50F3ED9A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="389626B9" w14:textId="5C484F8E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="030D6F74" w14:textId="0D9E576C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77DDB6EF" w14:textId="22E81BAC" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="63026537" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3116CB44" w14:textId="047D9353" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69B9DBDF" w14:textId="31FAB16C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns det förlängningssladdar/förgreningsdosor som används permanent?</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Om Ja, ska dessa ersättas med fast installation enligt VGR standard.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C813B6" w14:textId="1B034F04" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A98768F" w14:textId="57A9B691" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A5FA547" w14:textId="3AD6620A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B918ED7" w14:textId="6B37D1C9" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="2C32FC77" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5464C2FE" w14:textId="2E1655B6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="329C68DE" w14:textId="4C03B6E6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns fungerande rutiner för personsäkerhet?</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Hot, våld, rån, överfall)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>Guide - Hot och våld, Otillåten påverkan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="644DBC78" w14:textId="58F12089" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD70621" w14:textId="1893AE57" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D122CD9" w14:textId="278C4985" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7306A5D7" w14:textId="2EDC8DFE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="47867711" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="464427EA" w14:textId="4EEDCF87" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160F2922" w14:textId="3C73A536" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Arbetsmiljöfaktorer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBFD35E" w14:textId="2E0A1986" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7191B0E7" w14:textId="05B8BB7A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2BB7F19C" w14:textId="183B28B6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ej relevant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40314A6B" w14:textId="1B219B80" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kommentar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="2278CB94" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0644C6" w14:textId="2E1BE8B6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54E37990" w14:textId="66190611" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Har alla fått information om gällande rutiner för personsäkerhet?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D91DD3E" w14:textId="3ED32723" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEBFE34" w14:textId="4A62D6F6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6EB9D9D0" w14:textId="0E13B270" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6EC29654" w14:textId="0D5160BF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="3DD236B0" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="572E181F" w14:textId="2783E62C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28C47027" w14:textId="087A823B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns nödvändig skyddsutrustning tillgänglig och i fullgott skick?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69FEA535" w14:textId="63D8FA06" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F02B007" w14:textId="756AA138" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="159D8DAB" w14:textId="53D6550C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A2E707D" w14:textId="0F256DFD" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="4CF407A7" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E390DDB" w14:textId="1E2D2837" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D7190D2" w14:textId="68BF6446" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Har alla fått information om gällande rutiner och användning av skyddsutrustning?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25754A23" w14:textId="27765CB5" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A6FFC6" w14:textId="7E8B8F3B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17D3457D" w14:textId="42A0BEDD" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="768879CC" w14:textId="39E952BC" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="568B014F" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="705A9194" w14:textId="453B63D3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72CF48E1" w14:textId="284BABBA" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Är rutinerna för avvikelserapportering efter tillbud, olyckor och arbetsskador kända</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C73256B" w14:textId="5CD2AF1B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guide - Tillbud och arbetsskada </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED82B10" w14:textId="351D7E24" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="150C8114" w14:textId="09661077" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F31008B" w14:textId="387B5A52" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23FD98FD" w14:textId="7A2126B6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="540AE69D" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB716AD" w14:textId="1C053F8C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13CB9239" w14:textId="56F34842" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Är lokalerna anpassade för personer med nedsatt rörelse-, orienterings-och/eller kognitiv förmåga? </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Fysisk och kognitiv tillgänglighet)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC0C407" w14:textId="0089FD09" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242D8FE5" w14:textId="2DD3BF55" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3CEEF5D6" w14:textId="3CB38E00" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F0B01FC" w14:textId="18BFFCCB" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="233F5E44" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F1B6C6" w14:textId="01946AF0" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2843C7A9" w14:textId="0E0BDC53" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fungerar rutiner för riskbedömning och åtgärd avseende gravida och ammande arbetstagare?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E2E592D" w14:textId="19FDA1F7" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Kemikalier, arbetsbelastning, hot- och våld)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>Guide - Gravida och ammande arbetstagare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672597F3" w14:textId="77AE368C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1F1200" w14:textId="464F71A3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75172CDE" w14:textId="7AC5DC0F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69D56D64" w14:textId="77E423D0" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="4BDE4E7A" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75620C9E" w14:textId="4585D471" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="168D2724" w14:textId="17FC1221" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Upplevs inomhusklimatet tillfredsställande?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43858C99" w14:textId="1867A513" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E3C4FF" w14:textId="4EF2DBC6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F814C8C" w14:textId="4A71E448" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1287FA3C" w14:textId="3696D46E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="42486E55" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8977" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68A9E49F" w14:textId="50DFB5FF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:hanging="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Belysning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="6B0533C5" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1442D37D" w14:textId="09AA46E4" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2981CE5E" w14:textId="0F0F929A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Är allmänbelysningen tillräcklig i lokalerna?</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Till exempel armaturer i tak)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18394D58" w14:textId="52E79D8F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF9B934" w14:textId="4F765791" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C64A6BC" w14:textId="5ACD3B45" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2AA976B2" w14:textId="5C95F0FC" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="1EE4D970" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C016542" w14:textId="32F4D91D" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E5AB96F" w14:textId="1618E2AF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Är belysningen vid arbetsplatserna lämplig med hänsyn till arbetsuppgifterna? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2007EA95" w14:textId="1DC747AE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Bordsarmatur - rätt utformad, rätt placerad)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D508CC6" w14:textId="11A4B397" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="260972E3" w14:textId="11138751" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="37B429E6" w14:textId="2B1146C6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="52530665" w14:textId="7BB54871" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="51B4BB49" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D73AE9" w14:textId="1E9F5A3C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B198D" w14:textId="16991EB4" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Är belysningen i lokalerna anpassade för personer med synnedsättning?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="247472BF" w14:textId="18BDBC78" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFAC65C" w14:textId="770D0CB3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E19DE91" w14:textId="360D0BB1" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1EDA376D" w14:textId="2A260CA4" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="6BA50F4A" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5215F6BA" w14:textId="03BD49AE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70ECAC6A" w14:textId="3F796C6F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Är arbetsmiljön fri från bländning från belysning eller dagsljus/fönster?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="313EC526" w14:textId="35810250" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50579D14" w14:textId="48D17167" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12C4AD52" w14:textId="6229EC5B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27B9EE71" w14:textId="248CC4B4" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="4B69CDE3" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8977" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E6A0259" w14:textId="0646493D" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:hanging="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Kemiska risker och läkemedel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="75F792AA" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6DE4E6" w14:textId="3D7934C8" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11CBE0DB" w14:textId="64114ECB" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hanteras kemiska ämnen i verksamheten?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AE7C86D" w14:textId="7D481C46" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Om Ja, gå vid behov vidare och gör riskbedömning i KLARA. Stöd och hjälp han erhållas via miljösamordnare samt Hälsan och arbetslivet.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C63E399" w14:textId="45999E20" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>Guide - Kemiska produkter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="12D8DE07" w14:textId="00090831" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332F2ABA" w14:textId="7B34D7A5" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B1EA691" w14:textId="1669E546" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A140E8C" w14:textId="7486C9A0" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC4DEC1" w14:textId="72FA5A30" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7271C961" w14:textId="3F925265" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="66B3EDCA" w14:textId="3D8E66F8" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="0009B07E" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA46BEA" w14:textId="7CD1F4DD" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="772580EE" w14:textId="1B1A9F29" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACD1C21" w14:textId="7C58705F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Arbetsmiljöfaktorer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE0E198" w14:textId="2CA897FC" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B143544" w14:textId="02440DAE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4308B048" w14:textId="4F578460" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ej relevant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6460A1D8" w14:textId="0BFBC549" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kommentar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="65F1B420" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C1CCCF" w14:textId="4536DA98" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74BA8224" w14:textId="7A30DCDF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hanteras läkemedel i verksamheten?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDC905F" w14:textId="69126FC5" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Om Ja, kan kompletterande riskbedömning behöva göras. Använd gärna checklistan nedan. Stöd och hjälp kan erhållas via sjukvårdsapoteket samt Hälsan och arbetslivet.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1188C76F" w14:textId="69983B41" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guide - Läkemedel </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="25F1FD92" w14:textId="77425DF4" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>Lokal riskbedömning och åtgärdsplan - Läkemedel med arbetsmiljörisk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C792EBD" w14:textId="37C301AA" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA514D5" w14:textId="7E8DA7F1" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D10F00B" w14:textId="429B8E2E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CB2FD2A" w14:textId="6280242E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="46FD3246" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8977" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28519676" w14:textId="43F218AA" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:hanging="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Ergonomi och arbetsplatsens utformning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="38AA8537" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C8039F" w14:textId="739E558C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B409270" w14:textId="7DDD05F5" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns rutiner, hjälpmedel och kunskap som motverkar belastningsskador?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B1CB49C" w14:textId="539D6CD2" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Till exempel ensidiga eller svåra arbetsrörelser/arbetsställningar, tunga lyft och lyfthjälpmedel samt fysiskt ansträngande arbetsuppgifter?)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25EE3C53" w14:textId="27DA7925" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>Guide - Lyfta, bära, dra/Manuell hantering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="588581E2" w14:textId="6D72566C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>Guide - Säkra personförflyttningar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E70FB07" w14:textId="2C0C08DE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E710DB4" w14:textId="54170451" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13A0AEDD" w14:textId="7F1664C3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FBE50A7" w14:textId="70C8E1FB" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="0E1BDBE1" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B8A8C2" w14:textId="6E93A5AE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C7C7A41" w14:textId="2FAE29F1" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns det tillräckligt med utrymme för att utföra sina arbetsuppgifter på ett tillfredställande sätt för god ergonomi?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D1F9C1" w14:textId="30AC8F89" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="483A8CC7" w14:textId="44E99B47" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="577335F3" w14:textId="47F28932" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33677B5F" w14:textId="45AAFB78" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="69983CBE" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D681EF" w14:textId="71A64E61" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A31553A" w14:textId="3310FF45" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Är utrustning, stolar, arbetsbord med mera utformade för god ergonomi?</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Till exempel höj och sänkbara bord och lätt inställbara arbetsstolar)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4629FAF3" w14:textId="75ACD77A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C53F3C" w14:textId="36BC3DC3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4ED1EA3C" w14:textId="67B882CD" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75C639BF" w14:textId="5B64F375" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="054FD8C6" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="609B289E" w14:textId="3CA0664A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15AF10A0" w14:textId="0EC5A273" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finns det goda möjligheter till avlastning för armar och axlar? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67250794" w14:textId="03109947" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="279C130D" w14:textId="7707BE57" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74486CED" w14:textId="0404F531" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFC000" w:themeColor="accent4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="299D7616" w14:textId="30105A47" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFC000" w:themeColor="accent4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="7F0AF827" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3440E05E" w14:textId="319D4828" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7963E0E1" w14:textId="75E78AEC" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Är personalutrymmen inkluderande och tillgängliga? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B481577" w14:textId="7D29EEE7" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Till exempel möjlighet till omklädning och dusch enskilt, toaletter, vilrum, matrum/pentry samt möjlighet till återhämtning)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="038CF30F" w14:textId="7AB7680A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACD91AB" w14:textId="0CB82F1A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55941BC5" w14:textId="43FE3BAE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00421880" w14:textId="16184285" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="41403376" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF18C48" w14:textId="50E4FDE8" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4431BA25" w14:textId="794CE44D" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Har tillräckliga åtgärder vidtagits för att minska störande ljud eller hörselskadligt buller? </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Till exempel inbyggnad, avskärmning, tak-/väggabsorbenter och tillgängliga hörselskydd) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18C56432" w14:textId="3953373E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                </w:rPr>
+                <w:t>Guide - Buller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3E9F2D" w14:textId="26254D81" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA8437E" w14:textId="65E0FE03" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="572EE1AA" w14:textId="001DC270" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="63D933E1" w14:textId="74AD7AEF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="65FE8FB7" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD8F8F6" w14:textId="5A6C4AD8" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="777AF196" w14:textId="05CC1E4E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:line="257" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Är lokalerna anpassade efter den digitala arbetsmiljön?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Behövs vidare undersökning finns mer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">information i Guiden för Digital arbetsmiljö </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20">
+              <w:r w:rsidRPr="5A1E3602">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Guide - Digital arbetsmiljö - Västra Götalandsregionen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="763C36F4" w14:textId="39C6BB62" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B654E3" w14:textId="748846DF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DAB90B6" w14:textId="2822AA97" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7109AED8" w14:textId="2502B02D" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="486F0BDA" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFD30B5" w14:textId="6E017386" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24A435D8" w14:textId="0CDD112F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Är lokalerna anpassade för personer med hörselnedsättning?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E38E93" w14:textId="7CDE3F55" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D37231F" w14:textId="61DB591E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54D02AB0" w14:textId="497C64F1" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39CD2653" w14:textId="0F4775EB" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="0FAE4045" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8977" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00A57333" w14:textId="00957F03" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:hanging="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Skyddsombud</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="7BE8E878" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="131CB1C4" w14:textId="52802429" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DFDE4" w14:textId="1D895723" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Har skyddsombud deltagit i skyddsronden?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="796C2E60" w14:textId="1AC8322C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCE0CE4" w14:textId="34FC5DB9" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="217A361F" w14:textId="24810BA2" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F020912" w14:textId="09509D00" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="282A286F" w14:textId="74228B24" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5A1E3602" w14:paraId="3BA4DDA0" w14:textId="77777777" w:rsidTr="00080BE2">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE8CDE2" w14:textId="1C775B10" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8323" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="026C2B74" w14:textId="0C19F1C1" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Skriv namn på deltagande skyddsombud:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33A0A916" w14:textId="0DEBCC3C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51CC2585" w14:textId="27988E18" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="121AD74F" w14:textId="28092043" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06143D7F" w14:textId="789F0B56" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E586F8F" w14:textId="30CBEAC9" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6180B6C0" w14:textId="19116AAB" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Arbetsmiljöföreskrifter</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Denna checklista täcker de mest vanliga fysiska arbetsmiljöaspekterna som varje arbetsplats måste undersöka för att säkerställa en god och säker fysisk arbetsmiljö. Checklistan bygger på flera olika arbetsmiljöföreskrifter, men inte alla. Varje arbetsplats måste fastställa vilka arbetsmiljöföreskrifter som är aktuella för verksamheten och vilka ytterligare aspekter utöver denna checklista som måste kontrolleras. Fullständig förteckning av arbetsmiljöföreskrifter finns på arbetsmiljöverkets webbsida, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="5A1E3602">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>www.av.se</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="5A1E3602">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAF6AE6" w14:textId="0DC66162" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001436E5">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="18CBE471" w14:textId="77777777" w:rsidR="00332724" w:rsidRPr="00F31F81" w:rsidRDefault="00332724" w:rsidP="00332724">
-[...5954 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId21"/>
+    <w:sectPr w:rsidR="5A1E3602">
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DD3FC4B" w14:textId="77777777" w:rsidR="00F6547B" w:rsidRDefault="00F6547B" w:rsidP="00161816">
+    <w:p w14:paraId="3CD55595" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04644F70" w14:textId="77777777" w:rsidR="00F6547B" w:rsidRDefault="00F6547B" w:rsidP="00161816">
+    <w:p w14:paraId="5D723711" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="75536E21" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30964A3F" w14:textId="77777777" w:rsidR="00440EC1" w:rsidRDefault="00440EC1">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:noProof/>
         <w:color w:val="121212"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16AD052A" wp14:editId="06ABE577">
           <wp:extent cx="2214000" cy="450000"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:docPr id="3" name="Bild 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Bild 3"/>
@@ -6155,191 +7511,206 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2214000" cy="450000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="491A2D9B" w14:textId="77777777" w:rsidR="00F6547B" w:rsidRDefault="00F6547B" w:rsidP="00161816">
+    <w:p w14:paraId="6F046D1E" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C17918F" w14:textId="77777777" w:rsidR="00F6547B" w:rsidRDefault="00F6547B" w:rsidP="00161816">
+    <w:p w14:paraId="46CEC218" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="5A1CB833" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1318336367"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="3FA3DE4D" w14:textId="77777777" w:rsidR="00332724" w:rsidRDefault="00332724">
+      <w:p w14:paraId="3FA3DE4D" w14:textId="0D5B36C4" w:rsidR="00332724" w:rsidRDefault="004D157B" w:rsidP="00BF537B">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
-          <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
+          <w:t>2025-12-15</w:t>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00332724">
           <w:t xml:space="preserve">Sida </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:instrText>PAGE</w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:t xml:space="preserve"> av </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:instrText>NUMPAGES</w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0C93FE20" w14:textId="77777777" w:rsidR="00332724" w:rsidRDefault="00332724">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B35032D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2EA01FFC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6436,206 +7807,311 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="752699086">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A2D4C91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2086FBD8"/>
+    <w:lvl w:ilvl="0" w:tplc="11F4127E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B5D8C0AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B78E7012">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C6261B4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="02749484">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="05F6F51C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CD887906">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="69C8A0FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="27204744">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="400642082">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="752699086">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007311DD"/>
+    <w:rsid w:val="00017ECC"/>
     <w:rsid w:val="0002417C"/>
     <w:rsid w:val="00026E1B"/>
     <w:rsid w:val="00044B6C"/>
+    <w:rsid w:val="00080BE2"/>
     <w:rsid w:val="000A0C90"/>
     <w:rsid w:val="000C0E94"/>
+    <w:rsid w:val="000C24EE"/>
     <w:rsid w:val="000D0B21"/>
     <w:rsid w:val="0010275F"/>
     <w:rsid w:val="00135CEB"/>
     <w:rsid w:val="001361AD"/>
     <w:rsid w:val="0014156B"/>
     <w:rsid w:val="001436E5"/>
     <w:rsid w:val="00161816"/>
     <w:rsid w:val="00167B58"/>
     <w:rsid w:val="00216793"/>
     <w:rsid w:val="0025009E"/>
     <w:rsid w:val="0026629A"/>
     <w:rsid w:val="002A201C"/>
     <w:rsid w:val="002A2FD0"/>
     <w:rsid w:val="002C5ECE"/>
     <w:rsid w:val="002E344C"/>
     <w:rsid w:val="00307F86"/>
+    <w:rsid w:val="003105E1"/>
     <w:rsid w:val="0031445F"/>
     <w:rsid w:val="00332724"/>
+    <w:rsid w:val="00335DD5"/>
     <w:rsid w:val="00380CFE"/>
     <w:rsid w:val="00392C4F"/>
     <w:rsid w:val="003A23E7"/>
     <w:rsid w:val="003E026E"/>
     <w:rsid w:val="003E263D"/>
     <w:rsid w:val="004155ED"/>
     <w:rsid w:val="00432CF6"/>
     <w:rsid w:val="00440EC1"/>
     <w:rsid w:val="004563E8"/>
+    <w:rsid w:val="0046466C"/>
     <w:rsid w:val="00471B3F"/>
     <w:rsid w:val="00476875"/>
     <w:rsid w:val="004828F3"/>
     <w:rsid w:val="00483602"/>
     <w:rsid w:val="0049606D"/>
     <w:rsid w:val="004B64C6"/>
+    <w:rsid w:val="004D157B"/>
     <w:rsid w:val="004D67B9"/>
     <w:rsid w:val="00533AD6"/>
     <w:rsid w:val="00541F2C"/>
     <w:rsid w:val="00562CC1"/>
     <w:rsid w:val="005A2726"/>
     <w:rsid w:val="00606332"/>
     <w:rsid w:val="00624E85"/>
+    <w:rsid w:val="006957FA"/>
+    <w:rsid w:val="006C142F"/>
     <w:rsid w:val="006F1FDB"/>
     <w:rsid w:val="006F5417"/>
     <w:rsid w:val="007311DD"/>
     <w:rsid w:val="007A3749"/>
     <w:rsid w:val="007D5BD1"/>
     <w:rsid w:val="008352AA"/>
+    <w:rsid w:val="00845210"/>
     <w:rsid w:val="008C1286"/>
     <w:rsid w:val="008F03E8"/>
     <w:rsid w:val="009066C1"/>
     <w:rsid w:val="009C76B7"/>
     <w:rsid w:val="009F18AD"/>
     <w:rsid w:val="00A15129"/>
     <w:rsid w:val="00A5421C"/>
     <w:rsid w:val="00A742C3"/>
     <w:rsid w:val="00A83EF1"/>
     <w:rsid w:val="00AD22DD"/>
+    <w:rsid w:val="00AE651E"/>
     <w:rsid w:val="00B30E34"/>
     <w:rsid w:val="00B644DF"/>
     <w:rsid w:val="00B7632A"/>
     <w:rsid w:val="00BA4B28"/>
     <w:rsid w:val="00BB4EFA"/>
     <w:rsid w:val="00BB6A03"/>
+    <w:rsid w:val="00BF537B"/>
     <w:rsid w:val="00C01372"/>
     <w:rsid w:val="00C23D4F"/>
     <w:rsid w:val="00C270DB"/>
     <w:rsid w:val="00C31760"/>
     <w:rsid w:val="00C5319C"/>
     <w:rsid w:val="00C8153C"/>
     <w:rsid w:val="00CA2BF6"/>
     <w:rsid w:val="00D35C69"/>
     <w:rsid w:val="00D403E9"/>
     <w:rsid w:val="00D509FB"/>
     <w:rsid w:val="00D62AB5"/>
     <w:rsid w:val="00D71365"/>
     <w:rsid w:val="00DB4813"/>
+    <w:rsid w:val="00DD4F3E"/>
     <w:rsid w:val="00E41A53"/>
     <w:rsid w:val="00E47B49"/>
     <w:rsid w:val="00F12408"/>
     <w:rsid w:val="00F45889"/>
     <w:rsid w:val="00F47B3E"/>
     <w:rsid w:val="00F6547B"/>
     <w:rsid w:val="00FF3A2A"/>
+    <w:rsid w:val="533B5455"/>
+    <w:rsid w:val="5A1E3602"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:attachedSchema w:val="urn:schemas-microsoft-com:office:smarttags"/>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="002067C8"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7079,62 +8555,92 @@
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00161816"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00307F86"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Liststycke">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="5A1E3602"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabellrutnt">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FB4123"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/gravida-och-ammande-arbetstagare/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/sakra-personforflyttningar/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/tillbud-och-arbetsskada/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/lyfta-bara-dramanuell-hantering/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-976/native/Mall%2010%20Lokal%20riskbed%c3%b6mning%20och%20%c3%a5tg%c3%a4rdsplan%20L%c3%a4kemedel%20med%20arbetsmilj%c3%b6risk.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/hot-och-vald-otillaten-paverkan/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/lakemedel/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/buller/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/kemiska-produkter-medicinska-kontroller/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/gravida-och-ammande-arbetstagare/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/sakra-personforflyttningar/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/tillbud-och-arbetsskada/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/lyfta-bara-dramanuell-hantering/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-485/surrogate/Mall%2010%20Lokal%20riskbed%c3%b6mning%20och%20%c3%a5tg%c3%a4rdsplan%20L%c3%a4kemedel%20med%20arbetsmilj%c3%b6risk.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/digital-arbetsmiljo/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/hot-och-vald-otillaten-paverkan/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/lakemedel/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/buller/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/kemiska-produkter-medicinska-kontroller/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\annkr37\Downloads\Checklista%20f&#246;r%20skyddsrond%20fysisk%20arbetsmilj&#246;%20(2).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -7400,69 +8906,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Checklista för skyddsrond fysisk arbetsmiljö (2)</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5230</Characters>
+  <Pages>4</Pages>
+  <Words>1145</Words>
+  <Characters>6073</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6204</CharactersWithSpaces>
+  <CharactersWithSpaces>7204</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Checklista för skyddsrond fysisk arbetsmiljö</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>