--- v1 (2026-01-01)
+++ v2 (2026-02-19)
@@ -5,7423 +5,7501 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0C2B0CDD" w14:textId="42E9AADA" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="0C2B0CDD" w14:textId="42E9AADA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Skyddsrond/fysisk arbetsmiljö</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586CC6E7" w14:textId="19388D7E" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="586CC6E7" w14:textId="19388D7E">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AD5E08" w14:textId="3736193C" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="17AD5E08" w14:textId="3736193C">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Denna checklista kan användas för undersökning av den fysiska arbetsmiljön.</w:t>
       </w:r>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B80EA85" w14:textId="0ECC823B" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="3B80EA85" w14:textId="0ECC823B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Den täcker de mest vanliga arbetsmiljöaspekterna som varje arbetsplats måste undersöka för att säkerställa en god fysisk arbetsmiljö. Åtgärder som behöver vidtas ska dokumenteras i en handlingsplan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C99C15A" w14:textId="5298A21C" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="0C99C15A" w14:textId="5298A21C">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE5632E" w14:textId="6AD41B72" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="2FE5632E" w14:textId="6AD41B72">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Involvera medarbetarna inför genomförande av skyddsrond exempelvis på APT med att informera om när detta ska ske och att synpunkter önskas. Skyddsombud/utsedda medarbetare och chefen samlar in synpunkter och fyller sedan i checklistan, identifierar förbättringsområden, prioriterar och formulerar förslag på åtgärder i en handlingsplan. Handlingsplanen återförs sedan till APT för dialog. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4104A15E" w14:textId="12D565DC" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="4104A15E" w14:textId="12D565DC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>Handlingsplanen fastställs av chefen och frågor som inte kan lösas på arbetsplatsen lyfts till nästa nivå. Mall för handlingsplan för arbetsmiljöåtgärder kan laddas ner från Guiden för systematiskt hälso- och arbetsmiljöarbete eller i SAM modulen i Plan och Styr.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E11BE53" w14:textId="142358F1" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="6E11BE53" w14:textId="142358F1">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="75" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="651"/>
         <w:gridCol w:w="4467"/>
         <w:gridCol w:w="468"/>
         <w:gridCol w:w="523"/>
         <w:gridCol w:w="1071"/>
         <w:gridCol w:w="1797"/>
       </w:tblGrid>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="02CE27EE" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="02CE27EE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0D1EBB" w14:textId="5397493A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0E0D1EBB" w14:textId="5397493A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="585901A8" w14:textId="7F8AD5B5" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="585901A8" w14:textId="7F8AD5B5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbetsmiljöfaktorer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5FEE5E" w14:textId="65D40D5E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3E5FEE5E" w14:textId="65D40D5E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1252804A" w14:textId="217A08EC" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1252804A" w14:textId="217A08EC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nej</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A3D6ECD" w14:textId="72787CDE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="6A3D6ECD" w14:textId="72787CDE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ej relevant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29274148" w14:textId="5CB2EFB7" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="29274148" w14:textId="5CB2EFB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kommentar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="3806E1B5" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="3806E1B5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8977" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="33435B05" w14:textId="52D5EB3F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="33435B05" w14:textId="52D5EB3F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="720"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Ordning och reda</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="698559A6" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="698559A6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="76F95F1C" w14:textId="7264AE49">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="78213959" w14:textId="2BB471C0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Är ordningen på arbetsplatsen god?              </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E0AEEA6" w14:textId="5D9B8D8E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5E0AEEA6" w14:textId="5D9B8D8E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Inget skräp, onödigt material, inaktuell information, fungerande städning, el anordningar utan anmärkning)</w:t>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="46A8EE31" w14:textId="096D187F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="68E29B50" w14:textId="01182BE4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28A564C2" w14:textId="4B59656D" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="28A564C2" w14:textId="4B59656D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1004FBEE" w14:textId="01FF0407">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="385AC4D4" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="385AC4D4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7DD52604" w14:textId="191B0465">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5F24C733" w14:textId="0ECD6682">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Är golven utan anmärkning? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C96CC8F" w14:textId="42AFE709" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0C96CC8F" w14:textId="42AFE709">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Hela, halkfria, markerade nivåskillnader, fria från sladdar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="27F07765" w14:textId="12EE2AE9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1DF5395D" w14:textId="5A18791B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="176D7B1A" w14:textId="37131B51" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="176D7B1A" w14:textId="37131B51">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0F66204D" w14:textId="282A82C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="0D82BEB9" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="0D82BEB9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="55623B0F" w14:textId="0BF23CEF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="57C34593" w14:textId="3B76780F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Är framkomligheten god? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58E6F737" w14:textId="7CD09139" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="58E6F737" w14:textId="7CD09139">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Trappor, dörrar, transportvägar, andra passager)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5D99CB03" w14:textId="2D6D1585">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4FC4FAB6" w14:textId="7CCDABA8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15C707AB" w14:textId="7DEE61AA" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="15C707AB" w14:textId="7DEE61AA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="678E981C" w14:textId="75A4FD3E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="0CAA4973" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="0CAA4973" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0E86B071" w14:textId="606D6970">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="261EC036" w14:textId="58719C27" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="261EC036" w14:textId="58719C27">
             <w:pPr>
               <w:spacing w:line="257" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Har ni utfört en visuell säkerhetskontroll av era elektiska utrustningar? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="323AA251" w14:textId="1FB6976D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="522E22A7" w14:textId="31C3B8CE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73EE8D15" w14:textId="7D8CBE2B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="73EE8D15" w14:textId="7D8CBE2B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2EAB34A7" w14:textId="0BF1A793">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="741FCBEA" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="741FCBEA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5EECDB69" w14:textId="51B9324C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="51A4E514" w14:textId="7EEE1A07" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="51A4E514" w14:textId="7EEE1A07">
             <w:pPr>
               <w:spacing w:line="257" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="5A1E3602">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="1E2C075B" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Finns det trasig elektisk utrustning som inte används?</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="5A1E3602">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (Om den ej ska användas ska den återvinnas. Om reparation ska göras, viktigt att det görs fackmannamässigt.)</w:t>
+            <w:r w:rsidRPr="1E2C075B" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E2C075B" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Om den ej ska användas ska den återvinnas. Om reparation ska göras, viktigt att det görs fackmannamässigt.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="747CD74C" w14:textId="50F3ED9A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="389626B9" w14:textId="5C484F8E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="030D6F74" w14:textId="0D9E576C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="030D6F74" w14:textId="0D9E576C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="77DDB6EF" w14:textId="22E81BAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="63026537" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="63026537" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3116CB44" w14:textId="047D9353">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="69B9DBDF" w14:textId="31FAB16C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="69B9DBDF" w14:textId="31FAB16C">
             <w:pPr>
               <w:spacing w:line="257" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="5A1E3602">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="1E2C075B" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Finns det förlängningssladdar/förgreningsdosor som används permanent?</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="5A1E3602">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (Om Ja, ska dessa ersättas med fast installation enligt VGR standard.)</w:t>
+            <w:r w:rsidRPr="1E2C075B" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E2C075B" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Om Ja, ska dessa ersättas med fast installation enligt VGR standard.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="08C813B6" w14:textId="1B034F04">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7A98768F" w14:textId="57A9B691">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A5FA547" w14:textId="3AD6620A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0A5FA547" w14:textId="3AD6620A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1B918ED7" w14:textId="6B37D1C9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="2C32FC77" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="2C32FC77" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5464C2FE" w14:textId="2E1655B6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="329C68DE" w14:textId="4C03B6E6">
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Finns fungerande rutiner för personsäkerhet?</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Hot, våld, rån, överfall)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId11">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>Guide - Hot och våld, Otillåten påverkan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="644DBC78" w14:textId="58F12089">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2FD70621" w14:textId="1893AE57">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D122CD9" w14:textId="278C4985" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7D122CD9" w14:textId="278C4985">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7306A5D7" w14:textId="2EDC8DFE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="47867711" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="47867711" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="464427EA" w14:textId="4EEDCF87" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="464427EA" w14:textId="4EEDCF87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="160F2922" w14:textId="3C73A536" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="160F2922" w14:textId="3C73A536">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbetsmiljöfaktorer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBFD35E" w14:textId="2E0A1986" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0FBFD35E" w14:textId="2E0A1986">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7191B0E7" w14:textId="05B8BB7A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7191B0E7" w14:textId="05B8BB7A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nej</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2BB7F19C" w14:textId="183B28B6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2BB7F19C" w14:textId="183B28B6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ej relevant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40314A6B" w14:textId="1B219B80" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="40314A6B" w14:textId="1B219B80">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kommentar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="2278CB94" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="2278CB94" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5B0644C6" w14:textId="2E1BE8B6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="54E37990" w14:textId="66190611">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Har alla fått information om gällande rutiner för personsäkerhet?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0D91DD3E" w14:textId="3ED32723" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0D91DD3E" w14:textId="3ED32723">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="3BEBFE34" w14:textId="4A62D6F6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3BEBFE34" w14:textId="4A62D6F6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6EB9D9D0" w14:textId="0E13B270" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="6EB9D9D0" w14:textId="0E13B270">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="6EC29654" w14:textId="0D5160BF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="3DD236B0" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="3DD236B0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="572E181F" w14:textId="2783E62C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="28C47027" w14:textId="087A823B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Finns nödvändig skyddsutrustning tillgänglig och i fullgott skick?</w:t>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="69FEA535" w14:textId="63D8FA06" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="69FEA535" w14:textId="63D8FA06">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="5F02B007" w14:textId="756AA138" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5F02B007" w14:textId="756AA138">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="159D8DAB" w14:textId="53D6550C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2A2E707D" w14:textId="0F256DFD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="4CF407A7" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="4CF407A7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4E390DDB" w14:textId="1E2D2837">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0D7190D2" w14:textId="68BF6446">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Har alla fått information om gällande rutiner och användning av skyddsutrustning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="25754A23" w14:textId="27765CB5" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="25754A23" w14:textId="27765CB5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="78A6FFC6" w14:textId="7E8B8F3B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="78A6FFC6" w14:textId="7E8B8F3B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="17D3457D" w14:textId="42A0BEDD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="768879CC" w14:textId="39E952BC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="568B014F" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="568B014F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="705A9194" w14:textId="453B63D3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="72CF48E1" w14:textId="284BABBA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är rutinerna för avvikelserapportering efter tillbud, olyckor och arbetsskador kända</w:t>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="1C73256B" w14:textId="5CD2AF1B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1C73256B" w14:textId="5CD2AF1B">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide - Tillbud och arbetsskada </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="4ED82B10" w14:textId="351D7E24" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4ED82B10" w14:textId="351D7E24">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="150C8114" w14:textId="09661077" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="150C8114" w14:textId="09661077">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F31008B" w14:textId="387B5A52" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4F31008B" w14:textId="387B5A52">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="23FD98FD" w14:textId="7A2126B6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="540AE69D" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="540AE69D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1FB716AD" w14:textId="1C053F8C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...19 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="13CB9239" w14:textId="56F34842">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Är lokalerna anpassade för personer med nedsatt rörelse-, orienterings-och/eller kognitiv förmåga? </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="5A1E3602">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Fysisk och kognitiv tillgänglighet)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="4EC0C407" w14:textId="0089FD09" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4EC0C407" w14:textId="0089FD09">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="242D8FE5" w14:textId="2DD3BF55" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="242D8FE5" w14:textId="2DD3BF55">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3CEEF5D6" w14:textId="3CB38E00" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3CEEF5D6" w14:textId="3CB38E00">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7F0B01FC" w14:textId="18BFFCCB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="233F5E44" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="233F5E44" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="36F1B6C6" w14:textId="01946AF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2843C7A9" w14:textId="0E0BDC53">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fungerar rutiner för riskbedömning och åtgärd avseende gravida och ammande arbetstagare?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E2E592D" w14:textId="19FDA1F7" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5E2E592D" w14:textId="19FDA1F7">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Kemikalier, arbetsbelastning, hot- och våld)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>Guide - Gravida och ammande arbetstagare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="672597F3" w14:textId="77AE368C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="672597F3" w14:textId="77AE368C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="6E1F1200" w14:textId="464F71A3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="6E1F1200" w14:textId="464F71A3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="75172CDE" w14:textId="7AC5DC0F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="69D56D64" w14:textId="77E423D0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="4BDE4E7A" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="4BDE4E7A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="75620C9E" w14:textId="4585D471">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="168D2724" w14:textId="17FC1221">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Upplevs inomhusklimatet tillfredsställande?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="43858C99" w14:textId="1867A513" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="43858C99" w14:textId="1867A513">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="39E3C4FF" w14:textId="4EF2DBC6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="39E3C4FF" w14:textId="4EF2DBC6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5F814C8C" w14:textId="4A71E448" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5F814C8C" w14:textId="4A71E448">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1287FA3C" w14:textId="3696D46E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="42486E55" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="42486E55" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8977" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="68A9E49F" w14:textId="50DFB5FF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="68A9E49F" w14:textId="50DFB5FF">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="720"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Belysning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="6B0533C5" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="6B0533C5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1442D37D" w14:textId="09AA46E4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2981CE5E" w14:textId="0F0F929A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är allmänbelysningen tillräcklig i lokalerna?</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Till exempel armaturer i tak)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="18394D58" w14:textId="52E79D8F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="18394D58" w14:textId="52E79D8F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="3CF9B934" w14:textId="4F765791" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3CF9B934" w14:textId="4F765791">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C64A6BC" w14:textId="5ACD3B45" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5C64A6BC" w14:textId="5ACD3B45">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2AA976B2" w14:textId="5C95F0FC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="1EE4D970" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="1EE4D970" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3C016542" w14:textId="32F4D91D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4E5AB96F" w14:textId="1618E2AF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Är belysningen vid arbetsplatserna lämplig med hänsyn till arbetsuppgifterna? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2007EA95" w14:textId="1DC747AE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2007EA95" w14:textId="1DC747AE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Bordsarmatur - rätt utformad, rätt placerad)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="5D508CC6" w14:textId="11A4B397" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5D508CC6" w14:textId="11A4B397">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="260972E3" w14:textId="11138751" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="260972E3" w14:textId="11138751">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37B429E6" w14:textId="2B1146C6" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="37B429E6" w14:textId="2B1146C6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="52530665" w14:textId="7BB54871">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="51B4BB49" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="51B4BB49" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="26D73AE9" w14:textId="1E9F5A3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1E6B198D" w14:textId="16991EB4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är belysningen i lokalerna anpassade för personer med synnedsättning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="247472BF" w14:textId="18BDBC78" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="247472BF" w14:textId="18BDBC78">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0BFAC65C" w14:textId="770D0CB3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0BFAC65C" w14:textId="770D0CB3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5E19DE91" w14:textId="360D0BB1">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1EDA376D" w14:textId="2A260CA4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="6BA50F4A" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="6BA50F4A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5215F6BA" w14:textId="03BD49AE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="70ECAC6A" w14:textId="3F796C6F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är arbetsmiljön fri från bländning från belysning eller dagsljus/fönster?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="313EC526" w14:textId="35810250" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="313EC526" w14:textId="35810250">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="50579D14" w14:textId="48D17167" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="50579D14" w14:textId="48D17167">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12C4AD52" w14:textId="6229EC5B" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="12C4AD52" w14:textId="6229EC5B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="27B9EE71" w14:textId="248CC4B4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="4B69CDE3" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="4B69CDE3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8977" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5E6A0259" w14:textId="0646493D" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5E6A0259" w14:textId="0646493D">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="720"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Kemiska risker och läkemedel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="75F792AA" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="75F792AA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1D6DE4E6" w14:textId="3D7934C8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="11CBE0DB" w14:textId="64114ECB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hanteras kemiska ämnen i verksamheten?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AE7C86D" w14:textId="7D481C46" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...6 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="1E2C075B" w:rsidRDefault="5A1E3602" w14:paraId="3AE7C86D" w14:textId="7D481C46">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1E2C075B" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Om Ja, gå vid behov vidare och gör riskbedömning i KLARA. Stöd och hjälp han erhållas via miljösamordnare samt Hälsan och arbetslivet.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C63E399" w14:textId="45999E20" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2C63E399" w14:textId="45999E20">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>Guide - Kemiska produkter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="12D8DE07" w14:textId="00090831" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="12D8DE07" w14:textId="00090831">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="332F2ABA" w14:textId="7B34D7A5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4B1EA691" w14:textId="1669E546">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="7A140E8C" w14:textId="7486C9A0" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7A140E8C" w14:textId="7486C9A0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="3DC4DEC1" w14:textId="72FA5A30" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3DC4DEC1" w14:textId="72FA5A30">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7271C961" w14:textId="3F925265" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7271C961" w14:textId="3F925265">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="66B3EDCA" w14:textId="3D8E66F8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="0009B07E" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="0009B07E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA46BEA" w14:textId="7CD1F4DD" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2FA46BEA" w14:textId="7CD1F4DD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="772580EE" w14:textId="1B1A9F29">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACD1C21" w14:textId="7C58705F" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0ACD1C21" w14:textId="7C58705F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbetsmiljöfaktorer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE0E198" w14:textId="2CA897FC" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3EE0E198" w14:textId="2CA897FC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B143544" w14:textId="02440DAE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7B143544" w14:textId="02440DAE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nej</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4308B048" w14:textId="4F578460" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4308B048" w14:textId="4F578460">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ej relevant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6460A1D8" w14:textId="0BFBC549" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="6460A1D8" w14:textId="0BFBC549">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kommentar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="65F1B420" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="65F1B420" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="61C1CCCF" w14:textId="4536DA98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="74BA8224" w14:textId="7A30DCDF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hanteras läkemedel i verksamheten?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CDC905F" w14:textId="69126FC5" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...13 lines deleted...]
-          <w:p w14:paraId="1188C76F" w14:textId="69983B41" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="4E26017C" w:rsidRDefault="5A1E3602" w14:paraId="3CDC905F" w14:textId="2266587D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Om Ja, kan kompletterande riskbedömning behöva göras. Använd gärna checklistan nedan. Stöd och hjälp kan erhållas via sjukvårdsapoteket samt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="50683C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>företagshälsovården</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1188C76F" w14:textId="69983B41">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId15">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide - Läkemedel </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="25F1FD92" w14:textId="77425DF4" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="25F1FD92" w14:textId="77425DF4">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>Lokal riskbedömning och åtgärdsplan - Läkemedel med arbetsmiljörisk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1C792EBD" w14:textId="37C301AA" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1C792EBD" w14:textId="37C301AA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="6CA514D5" w14:textId="7E8DA7F1" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="6CA514D5" w14:textId="7E8DA7F1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D10F00B" w14:textId="429B8E2E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0D10F00B" w14:textId="429B8E2E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1CB2FD2A" w14:textId="6280242E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="46FD3246" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="46FD3246" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8977" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="28519676" w14:textId="43F218AA" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="28519676" w14:textId="43F218AA">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="720"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Ergonomi och arbetsplatsens utformning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="38AA8537" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="38AA8537" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="27C8039F" w14:textId="739E558C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1B409270" w14:textId="7DDD05F5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Finns rutiner, hjälpmedel och kunskap som motverkar belastningsskador?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B1CB49C" w14:textId="539D6CD2" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5B1CB49C" w14:textId="539D6CD2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Till exempel ensidiga eller svåra arbetsrörelser/arbetsställningar, tunga lyft och lyfthjälpmedel samt fysiskt ansträngande arbetsuppgifter?)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25EE3C53" w14:textId="27DA7925" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="25EE3C53" w14:textId="27DA7925">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId17">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>Guide - Lyfta, bära, dra/Manuell hantering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="588581E2" w14:textId="6D72566C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="588581E2" w14:textId="6D72566C">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>Guide - Säkra personförflyttningar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="3E70FB07" w14:textId="2C0C08DE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3E70FB07" w14:textId="2C0C08DE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="4E710DB4" w14:textId="54170451" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4E710DB4" w14:textId="54170451">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13A0AEDD" w14:textId="7F1664C3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="13A0AEDD" w14:textId="7F1664C3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="6FBE50A7" w14:textId="70C8E1FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="0E1BDBE1" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="0E1BDBE1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="09B8A8C2" w14:textId="6E93A5AE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3C7C7A41" w14:textId="2FAE29F1">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Finns det tillräckligt med utrymme för att utföra sina arbetsuppgifter på ett tillfredställande sätt för god ergonomi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="13D1F9C1" w14:textId="30AC8F89" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="13D1F9C1" w14:textId="30AC8F89">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="483A8CC7" w14:textId="44E99B47" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="483A8CC7" w14:textId="44E99B47">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="577335F3" w14:textId="47F28932" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="577335F3" w14:textId="47F28932">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="33677B5F" w14:textId="45AAFB78">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="69983CBE" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="69983CBE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="40D681EF" w14:textId="71A64E61">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3A31553A" w14:textId="3310FF45">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är utrustning, stolar, arbetsbord med mera utformade för god ergonomi?</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Till exempel höj och sänkbara bord och lätt inställbara arbetsstolar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="4629FAF3" w14:textId="75ACD77A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4629FAF3" w14:textId="75ACD77A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="19C53F3C" w14:textId="36BC3DC3" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="19C53F3C" w14:textId="36BC3DC3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4ED1EA3C" w14:textId="67B882CD" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4ED1EA3C" w14:textId="67B882CD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="75C639BF" w14:textId="5B64F375">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="054FD8C6" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="054FD8C6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="609B289E" w14:textId="3CA0664A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="15AF10A0" w14:textId="0EC5A273">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Finns det goda möjligheter till avlastning för armar och axlar? </w:t>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="67250794" w14:textId="03109947" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="67250794" w14:textId="03109947">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="279C130D" w14:textId="7707BE57" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="279C130D" w14:textId="7707BE57">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74486CED" w14:textId="0404F531" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="74486CED" w14:textId="0404F531">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFC000" w:themeColor="accent4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="299D7616" w14:textId="30105A47">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFC000" w:themeColor="accent4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="7F0AF827" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="7F0AF827" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="3440E05E" w14:textId="319D4828">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7963E0E1" w14:textId="75E78AEC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Är personalutrymmen inkluderande och tillgängliga? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B481577" w14:textId="7D29EEE7" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2B481577" w14:textId="7D29EEE7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Till exempel möjlighet till omklädning och dusch enskilt, toaletter, vilrum, matrum/pentry samt möjlighet till återhämtning)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="038CF30F" w14:textId="7AB7680A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="038CF30F" w14:textId="7AB7680A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0ACD91AB" w14:textId="0CB82F1A" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0ACD91AB" w14:textId="0CB82F1A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55941BC5" w14:textId="43FE3BAE" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="55941BC5" w14:textId="43FE3BAE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="00421880" w14:textId="16184285">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="41403376" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="41403376" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1FF18C48" w14:textId="50E4FDE8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4431BA25" w14:textId="794CE44D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Har tillräckliga åtgärder vidtagits för att minska störande ljud eller hörselskadligt buller? </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Till exempel inbyggnad, avskärmning, tak-/väggabsorbenter och tillgängliga hörselskydd) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18C56432" w14:textId="3953373E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="18C56432" w14:textId="3953373E">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId19">
               <w:r w:rsidRPr="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>Guide - Buller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1C3E9F2D" w14:textId="26254D81" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1C3E9F2D" w14:textId="26254D81">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="7BA8437E" w14:textId="65E0FE03" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7BA8437E" w14:textId="65E0FE03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="572EE1AA" w14:textId="001DC270" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="572EE1AA" w14:textId="001DC270">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="63D933E1" w14:textId="74AD7AEF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="65FE8FB7" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="65FE8FB7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="2CD8F8F6" w14:textId="5A6C4AD8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="777AF196" w14:textId="05CC1E4E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="777AF196" w14:textId="05CC1E4E">
             <w:pPr>
               <w:spacing w:line="257" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="5A1E3602">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är lokalerna anpassade efter den digitala arbetsmiljön?</w:t>
             </w:r>
-            <w:r w:rsidRPr="5A1E3602">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="5A1E3602">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Behövs vidare undersökning finns mer </w:t>
             </w:r>
-            <w:r w:rsidRPr="5A1E3602">
-[...10 lines deleted...]
-              <w:r w:rsidRPr="5A1E3602">
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information i Guiden för Digital arbetsmiljö</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="R3ac5502213394a99">
+              <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
-                  <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                  <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Guide - Digital arbetsmiljö - Västra Götalandsregionen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="5A1E3602">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="4E26017C" w:rsidR="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="763C36F4" w14:textId="39C6BB62" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="763C36F4" w14:textId="39C6BB62">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="17B654E3" w14:textId="748846DF" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="17B654E3" w14:textId="748846DF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7DAB90B6" w14:textId="2822AA97" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7DAB90B6" w14:textId="2822AA97">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7109AED8" w14:textId="2502B02D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="486F0BDA" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="486F0BDA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="5CFD30B5" w14:textId="6E017386">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="24A435D8" w14:textId="0CDD112F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är lokalerna anpassade för personer med hörselnedsättning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="37E38E93" w14:textId="7CDE3F55" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="37E38E93" w14:textId="7CDE3F55">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1D37231F" w14:textId="61DB591E" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1D37231F" w14:textId="61DB591E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="54D02AB0" w14:textId="497C64F1">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="39CD2653" w14:textId="0F4775EB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="0FAE4045" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="0FAE4045" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8977" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="00A57333" w14:textId="00957F03" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="00A57333" w14:textId="00957F03">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:hanging="720"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Skyddsombud</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="7BE8E878" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="7BE8E878" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="131CB1C4" w14:textId="52802429">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1C8DFDE4" w14:textId="1D895723">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Har skyddsombud deltagit i skyddsronden?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="796C2E60" w14:textId="1AC8322C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="796C2E60" w14:textId="1AC8322C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="7BCE0CE4" w14:textId="34FC5DB9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="217A361F" w14:textId="24810BA2" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="217A361F" w14:textId="24810BA2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="523" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="0F020912" w14:textId="09509D00" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="0F020912" w14:textId="09509D00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="5A1E3602">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2948" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="282A286F" w14:textId="74228B24">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5A1E3602" w14:paraId="3BA4DDA0" w14:textId="77777777" w:rsidTr="00080BE2">
+      <w:tr w:rsidR="5A1E3602" w:rsidTr="4E26017C" w14:paraId="3BA4DDA0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="1DE8CDE2" w14:textId="1C775B10">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8323" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="026C2B74" w14:textId="0C19F1C1">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Skriv namn på deltagande skyddsombud:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33A0A916" w14:textId="0DEBCC3C" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
-[...50 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="33A0A916" w14:textId="0DEBCC3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="51CC2585" w14:textId="27988E18">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="121AD74F" w14:textId="28092043">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="06143D7F" w14:textId="789F0B56">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5A1E3602">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E586F8F" w14:textId="30CBEAC9" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="7E586F8F" w14:textId="30CBEAC9">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6180B6C0" w14:textId="19116AAB" w:rsidR="533B5455" w:rsidRDefault="533B5455" w:rsidP="5A1E3602">
+    <w:p w:rsidR="533B5455" w:rsidP="5A1E3602" w:rsidRDefault="533B5455" w14:paraId="6180B6C0" w14:textId="19116AAB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbetsmiljöföreskrifter</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Denna checklista täcker de mest vanliga fysiska arbetsmiljöaspekterna som varje arbetsplats måste undersöka för att säkerställa en god och säker fysisk arbetsmiljö. Checklistan bygger på flera olika arbetsmiljöföreskrifter, men inte alla. Varje arbetsplats måste fastställa vilka arbetsmiljöföreskrifter som är aktuella för verksamheten och vilka ytterligare aspekter utöver denna checklista som måste kontrolleras. Fullständig förteckning av arbetsmiljöföreskrifter finns på arbetsmiljöverkets webbsida, </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="5A1E3602">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>www.av.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="5A1E3602">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAF6AE6" w14:textId="0DC66162" w:rsidR="5A1E3602" w:rsidRDefault="5A1E3602" w:rsidP="5A1E3602">
+    <w:p w:rsidR="5A1E3602" w:rsidP="5A1E3602" w:rsidRDefault="5A1E3602" w14:paraId="4EAF6AE6" w14:textId="0DC66162">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="5A1E3602">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="default" r:id="rId23"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CD55595" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w:rsidP="00161816">
+    <w:p w:rsidR="00335DD5" w:rsidP="00161816" w:rsidRDefault="00335DD5" w14:paraId="3CD55595" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D723711" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w:rsidP="00161816">
+    <w:p w:rsidR="00335DD5" w:rsidP="00161816" w:rsidRDefault="00335DD5" w14:paraId="5D723711" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="75536E21" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5">
+    <w:p w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w14:paraId="75536E21" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7448,52 +7526,52 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="30964A3F" w14:textId="77777777" w:rsidR="00440EC1" w:rsidRDefault="00440EC1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00440EC1" w:rsidRDefault="00440EC1" w14:paraId="30964A3F" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:noProof/>
         <w:color w:val="121212"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16AD052A" wp14:editId="06ABE577">
           <wp:extent cx="2214000" cy="450000"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:docPr id="3" name="Bild 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Bild 3"/>
                   <pic:cNvPicPr/>
@@ -7513,91 +7591,91 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2214000" cy="450000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F046D1E" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w:rsidP="00161816">
+    <w:p w:rsidR="00335DD5" w:rsidP="00161816" w:rsidRDefault="00335DD5" w14:paraId="6F046D1E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46CEC218" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w:rsidP="00161816">
+    <w:p w:rsidR="00335DD5" w:rsidP="00161816" w:rsidRDefault="00335DD5" w14:paraId="46CEC218" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5A1CB833" w14:textId="77777777" w:rsidR="00335DD5" w:rsidRDefault="00335DD5">
+    <w:p w:rsidR="00335DD5" w:rsidRDefault="00335DD5" w14:paraId="5A1CB833" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1318336367"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="3FA3DE4D" w14:textId="0D5B36C4" w:rsidR="00332724" w:rsidRDefault="004D157B" w:rsidP="00BF537B">
+      <w:p w:rsidR="00332724" w:rsidP="00BF537B" w:rsidRDefault="004D157B" w14:paraId="3FA3DE4D" w14:textId="0D5B36C4">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
         </w:pPr>
         <w:r>
           <w:t>2025-12-15</w:t>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00332724">
           <w:t xml:space="preserve">Sida </w:t>
         </w:r>
         <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00332724">
@@ -7657,197 +7735,197 @@
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00332724">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="0C93FE20" w14:textId="77777777" w:rsidR="00332724" w:rsidRDefault="00332724">
+  <w:p w:rsidR="00332724" w:rsidRDefault="00332724" w14:paraId="0C93FE20" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B35032D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2EA01FFC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A2D4C91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2086FBD8"/>
     <w:lvl w:ilvl="0" w:tplc="11F4127E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B5D8C0AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7907,52 +7985,53 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="27204744">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="400642082">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="752699086">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -8035,167 +8114,170 @@
     <w:rsid w:val="00BA4B28"/>
     <w:rsid w:val="00BB4EFA"/>
     <w:rsid w:val="00BB6A03"/>
     <w:rsid w:val="00BF537B"/>
     <w:rsid w:val="00C01372"/>
     <w:rsid w:val="00C23D4F"/>
     <w:rsid w:val="00C270DB"/>
     <w:rsid w:val="00C31760"/>
     <w:rsid w:val="00C5319C"/>
     <w:rsid w:val="00C8153C"/>
     <w:rsid w:val="00CA2BF6"/>
     <w:rsid w:val="00D35C69"/>
     <w:rsid w:val="00D403E9"/>
     <w:rsid w:val="00D509FB"/>
     <w:rsid w:val="00D62AB5"/>
     <w:rsid w:val="00D71365"/>
     <w:rsid w:val="00DB4813"/>
     <w:rsid w:val="00DD4F3E"/>
     <w:rsid w:val="00E41A53"/>
     <w:rsid w:val="00E47B49"/>
     <w:rsid w:val="00F12408"/>
     <w:rsid w:val="00F45889"/>
     <w:rsid w:val="00F47B3E"/>
     <w:rsid w:val="00F6547B"/>
     <w:rsid w:val="00FF3A2A"/>
+    <w:rsid w:val="1E2C075B"/>
+    <w:rsid w:val="4E26017C"/>
+    <w:rsid w:val="50683C22"/>
     <w:rsid w:val="533B5455"/>
     <w:rsid w:val="5A1E3602"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="002067C8"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8351,52 +8433,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -8463,196 +8545,196 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00332724"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00161816"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00161816"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00161816"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00161816"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00307F86"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="5A1E3602"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/gravida-och-ammande-arbetstagare/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/sakra-personforflyttningar/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/tillbud-och-arbetsskada/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/lyfta-bara-dramanuell-hantering/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-485/surrogate/Mall%2010%20Lokal%20riskbed%c3%b6mning%20och%20%c3%a5tg%c3%a4rdsplan%20L%c3%a4kemedel%20med%20arbetsmilj%c3%b6risk.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/digital-arbetsmiljo/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/hot-och-vald-otillaten-paverkan/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/lakemedel/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/buller/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/kemiska-produkter-medicinska-kontroller/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/gravida-och-ammande-arbetstagare/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/sakra-personforflyttningar/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/tillbud-och-arbetsskada/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/lyfta-bara-dramanuell-hantering/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-485/surrogate/Mall%2010%20Lokal%20riskbed%c3%b6mning%20och%20%c3%a5tg%c3%a4rdsplan%20L%c3%a4kemedel%20med%20arbetsmilj%c3%b6risk.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/hot-och-vald-otillaten-paverkan/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/lakemedel/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/buller/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/kemiska-produkter-medicinska-kontroller/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/ov/guide-for-halso-och-arbetsmiljoarbete/guider/digital-arbetsmiljo/" TargetMode="External" Id="R3ac5502213394a99" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\annkr37\Downloads\Checklista%20f&#246;r%20skyddsrond%20fysisk%20arbetsmilj&#246;%20(2).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -8903,57 +8985,50 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...15 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Checklista för skyddsrond fysisk arbetsmiljö (2)</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Checklista för skyddsrond fysisk arbetsmiljö</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy/>
-  <revision>2</revision>
+  <lastModifiedBy>Marie Hagsjö</lastModifiedBy>
+  <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>