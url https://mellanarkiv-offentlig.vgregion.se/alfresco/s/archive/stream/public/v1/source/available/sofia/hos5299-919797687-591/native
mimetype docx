--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="58263AD5" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DABD844" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54948F34" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -68,143 +68,144 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D025295" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D26FC89" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BB30EE1" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
+    <w:p w14:paraId="6F4E91FF" w14:textId="39B489C8" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="3DCE9C05" w:rsidP="55F4E6B1">
       <w:pPr>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00902268">
+      <w:r w:rsidRPr="55F4E6B1">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">Undersökning och riskbedömning </w:t>
+        <w:t>Checklista</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00902268" w:rsidRPr="55F4E6B1">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve"> och riskbedömning </w:t>
       </w:r>
-      <w:r w:rsidR="00A24220">
+      <w:r w:rsidR="28088926" w:rsidRPr="55F4E6B1">
+        <w:rPr>
+          <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24220" w:rsidRPr="55F4E6B1">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Hot och våld</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F686B8" w14:textId="77777777" w:rsidR="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
-[...8 lines deleted...]
-    <w:p w14:paraId="3443CFAF" w14:textId="7FA37E8D" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
+    <w:p w14:paraId="3443CFAF" w14:textId="38E494CD" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902268">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Undersök </w:t>
       </w:r>
       <w:r w:rsidR="00A24220">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>om det finns risker</w:t>
       </w:r>
       <w:r w:rsidRPr="00902268">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> på er arbetsplats</w:t>
       </w:r>
       <w:r w:rsidR="00A24220">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> när det gäller hot och våld.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A24220">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>Om det finns gör en riskbedömning och sätt in åtgärder för att minimera riskerna</w:t>
+        <w:t>Om det finns</w:t>
+      </w:r>
+      <w:r w:rsidR="002D15C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24220">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gör en riskbedömning och sätt in åtgärder för att minimera riskerna</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288343B8" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902268">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Se vägledning för bedömning av en risks storlek nedan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC9A6D6" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2912340A" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
@@ -470,73 +471,91 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="276A7E01" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00902268">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B70C288" w14:textId="40045BE0" w:rsidR="00902268" w:rsidRPr="000F20D4" w:rsidRDefault="00902268" w:rsidP="00902268">
+    <w:p w14:paraId="4A1B238C" w14:textId="77777777" w:rsidR="007D18BE" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F20D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="53428A5A" w14:textId="77777777" w:rsidR="007D18BE" w:rsidRDefault="007D18BE" w:rsidP="00902268">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B70C288" w14:textId="0E2F9A63" w:rsidR="00902268" w:rsidRPr="000F20D4" w:rsidRDefault="00902268" w:rsidP="00902268">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000F20D4">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vägledning för bedömning av en risks</w:t>
       </w:r>
       <w:r w:rsidR="000F20D4" w:rsidRPr="000F20D4">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F20D4">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>storlek</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE3B0E6" w14:textId="6127A771" w:rsidR="00902268" w:rsidRDefault="001D7F3F" w:rsidP="000F20D4">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
@@ -7143,117 +7162,117 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62C337F5" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="00902268" w:rsidRDefault="00876625" w:rsidP="000F20D4">
       <w:pPr>
         <w:ind w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00876625" w:rsidRPr="00902268">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="61E03E5A" w14:textId="77777777" w:rsidR="00FF0375" w:rsidRDefault="00FF0375" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0816255F" w14:textId="77777777" w:rsidR="00FF0375" w:rsidRDefault="00FF0375" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VGR Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42DA7E38" w14:textId="154E4B92" w:rsidR="00876625" w:rsidRDefault="00876625" w:rsidP="00876625">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:noProof/>
         <w:color w:val="121212"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5125DE54" wp14:editId="34CF2125">
           <wp:extent cx="2214000" cy="450000"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:docPr id="3" name="Bild 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -7278,84 +7297,85 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2214000" cy="450000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="616C8278" w14:textId="77777777" w:rsidR="00FF0375" w:rsidRDefault="00FF0375" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="21DB7E55" w14:textId="77777777" w:rsidR="00FF0375" w:rsidRDefault="00FF0375" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1318336367"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="545A73B8" w14:textId="77777777" w:rsidR="000F20D4" w:rsidRDefault="000F20D4">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Sida </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:instrText>PAGE</w:instrText>
         </w:r>
@@ -7418,51 +7438,51 @@
             <w:bCs/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="417E8086" w14:textId="77777777" w:rsidR="00902268" w:rsidRDefault="00902268">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A7311A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EA894BA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7512,150 +7532,156 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1644971245">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00902268"/>
     <w:rsid w:val="00040607"/>
     <w:rsid w:val="000F20D4"/>
     <w:rsid w:val="00161816"/>
     <w:rsid w:val="001C1331"/>
     <w:rsid w:val="001D7F3F"/>
     <w:rsid w:val="00212759"/>
     <w:rsid w:val="002376C0"/>
+    <w:rsid w:val="0025292B"/>
+    <w:rsid w:val="002D15C4"/>
     <w:rsid w:val="00300971"/>
     <w:rsid w:val="003019BB"/>
     <w:rsid w:val="00355805"/>
+    <w:rsid w:val="0036307B"/>
     <w:rsid w:val="003E026E"/>
     <w:rsid w:val="00466678"/>
     <w:rsid w:val="004F5902"/>
     <w:rsid w:val="005077C2"/>
     <w:rsid w:val="00526E87"/>
     <w:rsid w:val="005A2726"/>
     <w:rsid w:val="005D3C01"/>
     <w:rsid w:val="00624884"/>
     <w:rsid w:val="007732C8"/>
     <w:rsid w:val="007B6A6B"/>
+    <w:rsid w:val="007D18BE"/>
     <w:rsid w:val="00850AEB"/>
     <w:rsid w:val="00876625"/>
     <w:rsid w:val="008B28E8"/>
     <w:rsid w:val="00902268"/>
     <w:rsid w:val="00916579"/>
     <w:rsid w:val="009228D3"/>
     <w:rsid w:val="00A24220"/>
     <w:rsid w:val="00B61D6B"/>
     <w:rsid w:val="00BA19F6"/>
     <w:rsid w:val="00C01372"/>
     <w:rsid w:val="00C21F1E"/>
     <w:rsid w:val="00C23BC3"/>
     <w:rsid w:val="00C4104B"/>
     <w:rsid w:val="00CF4787"/>
     <w:rsid w:val="00DB5DC0"/>
     <w:rsid w:val="00DE5AA0"/>
     <w:rsid w:val="00E80EB8"/>
     <w:rsid w:val="00E80FB9"/>
     <w:rsid w:val="00F10FB5"/>
     <w:rsid w:val="00FF0375"/>
+    <w:rsid w:val="28088926"/>
+    <w:rsid w:val="3DCE9C05"/>
+    <w:rsid w:val="55F4E6B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6B846BBA"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8176,51 +8202,51 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE" w:bidi="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00A24220"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE" w:bidi="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -8487,71 +8513,56 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>367</Words>
   <Characters>1947</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2310</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Undersökning och riskbedömning vid hot och våld</dc:title>
+  <dc:title>Checklista och riskbedömning vid hot och våld</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>