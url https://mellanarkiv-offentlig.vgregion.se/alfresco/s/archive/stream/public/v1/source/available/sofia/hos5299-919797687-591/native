--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -241,51 +241,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00902268">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00902268">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00902268">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00902268" w14:paraId="2E761204" w14:textId="77777777" w:rsidTr="00902268">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16B9D32C" w14:textId="77777777" w:rsidR="00902268" w:rsidRPr="00902268" w:rsidRDefault="00902268" w:rsidP="00902268">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00902268">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Datum för undersökning och riskbedömning</w:t>
             </w:r>
@@ -511,385 +511,384 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="53428A5A" w14:textId="77777777" w:rsidR="007D18BE" w:rsidRDefault="007D18BE" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B70C288" w14:textId="0E2F9A63" w:rsidR="00902268" w:rsidRPr="000F20D4" w:rsidRDefault="00902268" w:rsidP="00902268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F20D4">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vägledning för bedömning av en risks</w:t>
       </w:r>
       <w:r w:rsidR="000F20D4" w:rsidRPr="000F20D4">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F20D4">
         <w:rPr>
           <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>storlek</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE3B0E6" w14:textId="6127A771" w:rsidR="00902268" w:rsidRDefault="001D7F3F" w:rsidP="000F20D4">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62218E2E" wp14:editId="3E354C9C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62218E2E" wp14:editId="3E354C9C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-635</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3087370</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5972810" cy="1977390"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Textruta 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5972810" cy="1977390"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="485F6786" w14:textId="0F4D2748" w:rsidR="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                             <w:pPr>
-                              <w:pStyle w:val="Liststycke"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000F20D4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>Bedömningen av en risks storlek är en sammanvägning av konsekvensen om och sannolikheten för att den inträffar</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6C5AC699" w14:textId="1DE8A377" w:rsidR="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                             <w:pPr>
-                              <w:pStyle w:val="Liststycke"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000F20D4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>Riskvärdering för sannolikhet respektive konsekvens sker utifrån siffror inom parentes</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7286BCD3" w14:textId="00D3C973" w:rsidR="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                             <w:pPr>
-                              <w:pStyle w:val="Liststycke"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000F20D4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>Risktalet dvs riskens storlek räknas fram genom att multiplicera värdet för sannolikheten med värdet för konsekvensen</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="4B9EF7BC" w14:textId="3B66D1AD" w:rsidR="000F20D4" w:rsidRPr="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                             <w:pPr>
-                              <w:pStyle w:val="Liststycke"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000F20D4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>Risktalet ger riskens storlek och eventuellt behov av åtgärd och tidsram</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="62218E2E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.05pt;margin-top:243.1pt;width:470.3pt;height:155.7pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPchEwkwEAABIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1P4zAQva/Ef7B8p2mLdkujpogPsRe0&#10;rAT8ANexG0u2x4zdJuXX79gt7QpuiMvEnnHee/NmFleDs2yrMBrwDZ+MxpwpL6E1ft3wl+f780vO&#10;YhK+FRa8avhORX61PPux6EOtptCBbRUyAvGx7kPDu5RCXVVRdsqJOIKgPBU1oBOJrriuWhQ9oTtb&#10;TcfjX1UP2AYEqWKk7N2+yJcFX2sl06PWUSVmG07aUolY4irHarkQ9RpF6Iw8yBBfUOGE8UR6hLoT&#10;SbANmk9QzkiECDqNJLgKtDZSlR6om8n4QzdPnQiq9ELmxHC0KX4frPyzfQp/kaXhBgYaYDakD7GO&#10;lMz9DBpd/pJSRnWycHe0TQ2JSUr+nM+mlxMqSapN5rPZxbwYW51+DxjTbwWO5UPDkeZS7BLbh5iI&#10;kp6+P8lsHu6NtTl/0pJPaVgNB4EraHekm1YvPVLQFvqGS2sCZx3g28dcTyNueHzdCFScYbK3UDZi&#10;z3a9SaBNEZJp9tgHdjK+6DssSZ7s//fy6rTKy38AAAD//wMAUEsDBBQABgAIAAAAIQBkUIFL3wAA&#10;AAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWrtVmjZpNhUCcQVRfqTe3Hib&#10;RMTrKHab8PaYEz2OZjTzTbGbbCcuNPjWMcJirkAQV860XCN8vD/PNiB80Gx055gQfsjDrry9KXRu&#10;3MhvdNmHWsQS9rlGaELocyl91ZDVfu564uid3GB1iHKopRn0GMttJ5dKpdLqluNCo3t6bKj63p8t&#10;wufL6fCVqNf6ya760U1Kss0k4v3d9LAFEWgK/2H4w4/oUEamozuz8aJDmC1iECHZpEsQ0c8StQJx&#10;RFhn6xRkWcjrB+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM9yETCTAQAAEgMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGRQgUvfAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAA7QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD5BAAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Textruta 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.05pt;margin-top:243.1pt;width:470.3pt;height:155.7pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPchEwkwEAABIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1P4zAQva/Ef7B8p2mLdkujpogPsRe0&#10;rAT8ANexG0u2x4zdJuXX79gt7QpuiMvEnnHee/NmFleDs2yrMBrwDZ+MxpwpL6E1ft3wl+f780vO&#10;YhK+FRa8avhORX61PPux6EOtptCBbRUyAvGx7kPDu5RCXVVRdsqJOIKgPBU1oBOJrriuWhQ9oTtb&#10;TcfjX1UP2AYEqWKk7N2+yJcFX2sl06PWUSVmG07aUolY4irHarkQ9RpF6Iw8yBBfUOGE8UR6hLoT&#10;SbANmk9QzkiECDqNJLgKtDZSlR6om8n4QzdPnQiq9ELmxHC0KX4frPyzfQp/kaXhBgYaYDakD7GO&#10;lMz9DBpd/pJSRnWycHe0TQ2JSUr+nM+mlxMqSapN5rPZxbwYW51+DxjTbwWO5UPDkeZS7BLbh5iI&#10;kp6+P8lsHu6NtTl/0pJPaVgNB4EraHekm1YvPVLQFvqGS2sCZx3g28dcTyNueHzdCFScYbK3UDZi&#10;z3a9SaBNEZJp9tgHdjK+6DssSZ7s//fy6rTKy38AAAD//wMAUEsDBBQABgAIAAAAIQBkUIFL3wAA&#10;AAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWrtVmjZpNhUCcQVRfqTe3Hib&#10;RMTrKHab8PaYEz2OZjTzTbGbbCcuNPjWMcJirkAQV860XCN8vD/PNiB80Gx055gQfsjDrry9KXRu&#10;3MhvdNmHWsQS9rlGaELocyl91ZDVfu564uid3GB1iHKopRn0GMttJ5dKpdLqluNCo3t6bKj63p8t&#10;wufL6fCVqNf6ya760U1Kss0k4v3d9LAFEWgK/2H4w4/oUEamozuz8aJDmC1iECHZpEsQ0c8StQJx&#10;RFhn6xRkWcjrB+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM9yETCTAQAAEgMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGRQgUvfAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAA7QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD5BAAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="485F6786" w14:textId="0F4D2748" w:rsidR="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                       <w:pPr>
-                        <w:pStyle w:val="Liststycke"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F20D4">
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>Bedömningen av en risks storlek är en sammanvägning av konsekvensen om och sannolikheten för att den inträffar</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6C5AC699" w14:textId="1DE8A377" w:rsidR="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                       <w:pPr>
-                        <w:pStyle w:val="Liststycke"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F20D4">
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>Riskvärdering för sannolikhet respektive konsekvens sker utifrån siffror inom parentes</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7286BCD3" w14:textId="00D3C973" w:rsidR="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                       <w:pPr>
-                        <w:pStyle w:val="Liststycke"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F20D4">
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>Risktalet dvs riskens storlek räknas fram genom att multiplicera värdet för sannolikheten med värdet för konsekvensen</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4B9EF7BC" w14:textId="3B66D1AD" w:rsidR="000F20D4" w:rsidRPr="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                       <w:pPr>
-                        <w:pStyle w:val="Liststycke"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F20D4">
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>Risktalet ger riskens storlek och eventuellt behov av åtgärd och tidsram</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="000F20D4" w:rsidRPr="00F81D6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C2DEE85" wp14:editId="489F15E0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C2DEE85" wp14:editId="489F15E0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>3548380</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>256540</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2477386" cy="2000250"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="25" name="Textruta 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2477386" cy="2000250"/>
                         </a:xfrm>
@@ -1051,51 +1050,51 @@
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Personskada som snabbt går över. Ingen sjukskrivning </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7C2DEE85" id="Textruta 25" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:279.4pt;margin-top:20.2pt;width:195.05pt;height:157.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKOk3JkQEAAAoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvxNsAbbXKpgKqcqkA&#10;qeUDHK+dtVh7zIyT3fw9YydNENwQl9m1Z/zmvTezupvDKPYWyUPs5NWikcJGA72P205+f354cysF&#10;ZR17PUK0nTxYknfr169WU2rtEgYYe4uCQSK1U+rkkHNqlSIz2KBpAclGTjrAoDMfcat61BOjh1Et&#10;m+ZaTYB9QjCWiG/vj0m5rvjOWZO/Okc2i7GTzC3XiDVuSlTrlW63qNPgzYmG/gcWQfvITc9Q9zpr&#10;sUP/F1TwBoHA5YWBoMA5b2zVwGqumj/UPA062aqFzaF0ton+H6z5sn9K31Dk+SPMPMAqgtIjmB/E&#10;3qgpUXuqKZ5SS1xdhM4OQ/myBMEP2dvD2U87Z2H4cvnu5ubt7bUUhnM8rWb5vjquLs8TUv5sIYjy&#10;00nkgVUKev9IuRDQ7UtJ6RbhwY/jC7Ejl8Iqz5tZ+L4I4GS52UB/YF0Tj7aT9HOn0UqBefwEdROO&#10;YB92GZyvfS5vTqrZ8Nr+tBxlor+fa9Vlhde/AAAA//8DAFBLAwQUAAYACAAAACEArS/QUd4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgNOChJs6kQiCuI8iP15sbbJCJe&#10;R7HbhLfHnOA4mtHMN9VmcYM40RR6zwjXKwWCuPG25xbh/e3pKgcRomFrBs+E8E0BNvX5WWVK62d+&#10;pdM2tiKVcCgNQhfjWEoZmo6cCSs/Eifv4CdnYpJTK+1k5lTuBnmj1J10pue00JmRHjpqvrZHh/Dx&#10;fNh9avXSPrpsnP2iJLtCIl5eLPdrEJGW+BeGX/yEDnVi2vsj2yAGhCzLE3pE0EqDSIFC5wWIPcJt&#10;lmmQdSX/X6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMo6TcmRAQAACgMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK0v0FHeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAA6wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD2BAAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="7C2DEE85" id="Textruta 25" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:279.4pt;margin-top:20.2pt;width:195.05pt;height:157.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKOk3JkQEAAAoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvxNsAbbXKpgKqcqkA&#10;qeUDHK+dtVh7zIyT3fw9YydNENwQl9m1Z/zmvTezupvDKPYWyUPs5NWikcJGA72P205+f354cysF&#10;ZR17PUK0nTxYknfr169WU2rtEgYYe4uCQSK1U+rkkHNqlSIz2KBpAclGTjrAoDMfcat61BOjh1Et&#10;m+ZaTYB9QjCWiG/vj0m5rvjOWZO/Okc2i7GTzC3XiDVuSlTrlW63qNPgzYmG/gcWQfvITc9Q9zpr&#10;sUP/F1TwBoHA5YWBoMA5b2zVwGqumj/UPA062aqFzaF0ton+H6z5sn9K31Dk+SPMPMAqgtIjmB/E&#10;3qgpUXuqKZ5SS1xdhM4OQ/myBMEP2dvD2U87Z2H4cvnu5ubt7bUUhnM8rWb5vjquLs8TUv5sIYjy&#10;00nkgVUKev9IuRDQ7UtJ6RbhwY/jC7Ejl8Iqz5tZ+L4I4GS52UB/YF0Tj7aT9HOn0UqBefwEdROO&#10;YB92GZyvfS5vTqrZ8Nr+tBxlor+fa9Vlhde/AAAA//8DAFBLAwQUAAYACAAAACEArS/QUd4AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgNOChJs6kQiCuI8iP15sbbJCJe&#10;R7HbhLfHnOA4mtHMN9VmcYM40RR6zwjXKwWCuPG25xbh/e3pKgcRomFrBs+E8E0BNvX5WWVK62d+&#10;pdM2tiKVcCgNQhfjWEoZmo6cCSs/Eifv4CdnYpJTK+1k5lTuBnmj1J10pue00JmRHjpqvrZHh/Dx&#10;fNh9avXSPrpsnP2iJLtCIl5eLPdrEJGW+BeGX/yEDnVi2vsj2yAGhCzLE3pE0EqDSIFC5wWIPcJt&#10;lmmQdSX/X6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMo6TcmRAQAACgMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK0v0FHeAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAA6wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD2BAAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="0E75206E" w14:textId="578C295B" w:rsidR="000F20D4" w:rsidRPr="000F20D4" w:rsidRDefault="000F20D4" w:rsidP="000F20D4">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="26"/>
                           <w:szCs w:val="26"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F20D4">
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="26"/>
                           <w:szCs w:val="26"/>
                         </w:rPr>
                         <w:t>Konsekvenser</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1417,88 +1416,88 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="5246"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00300971" w:rsidRPr="00F81D6A" w14:paraId="3874E3B1" w14:textId="77777777" w:rsidTr="001D7F3F">
+      <w:tr w:rsidR="00300971" w:rsidRPr="00F81D6A" w14:paraId="3874E3B1" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="76F04A80" w14:textId="77777777" w:rsidR="00300971" w:rsidRPr="00F81D6A" w:rsidRDefault="00300971" w:rsidP="003E4332">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76F04A80" w14:textId="77777777" w:rsidR="00300971" w:rsidRPr="00F81D6A" w:rsidRDefault="00300971">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B66F93F" w14:textId="728F6EEB" w:rsidR="00300971" w:rsidRPr="00300971" w:rsidRDefault="002376C0" w:rsidP="002376C0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6817"/>
               </w:tabs>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -1509,5484 +1508,5623 @@
             </w:r>
             <w:r w:rsidR="00A24220">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Frågor</w:t>
             </w:r>
             <w:r w:rsidR="00300971" w:rsidRPr="00300971">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:tab/>
               <w:t>Kommentar/Åtgärd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="42A41ADE" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="42A41ADE" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="774FD63D" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="01E9159B" w14:textId="7D04D2AA" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vet alla var riskerna för hot och våld finns på er arbetsplats?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="65EE8C9C" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="0B952A73" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="748A25DC" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="72DB6FF1" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="676256AD" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="78B18B55" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="78B18B55" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CA77F55" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="774C9875" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Känner medarbetare inklusive vikarier och</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34578F0F" w14:textId="5081B4F1" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>praktikanter till riskerna?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="1E17F79C" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="1882E840" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="7114AB26" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="40F6D115" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57BFEB45" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="7D31B6C4" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="7D31B6C4" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E3B30D7" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D1E0EA3" w14:textId="10DB29D0" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vet alla medarbetare hur man bör agera i en hot- och våldssituation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="25243B7D" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="7A0AEDB1" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="104DA3DA" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="0D93A21D" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73BEE3AF" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="3F7AC347" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="3F7AC347" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="773D89B1" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0ED83B52" w14:textId="1C653156" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Har alla medarbetare tillräcklig utbildning för att kunna arbeta säkert och tryggt, exempelvis i bemötande för att inte förstärka en hot- och våldssituation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="1868818C" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="7C3E99A5" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="08993B37" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="79817296" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7615DAE0" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="1D1556DD" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="1D1556DD" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63A25707" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42EB13EF" w14:textId="008D480F" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Är arbetsplatsen utformad och utrustad så att man kan förebygga eller undvika hot- och våldssituationer tex. avseende lokaler och</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="006FD693" w14:textId="4F689D80" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>möblering?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="5D877940" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="314380C4" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="05AFAF75" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="3FEABD39" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2B6A0382" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="703E266F" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="703E266F" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="56B21E72" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B6F23FE" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Går det snabbt att få hjälp vid en hot- och</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CABF68C" w14:textId="71C4C813" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>våldssituation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="4C1E4A27" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="410F8638" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="0B9CFA33" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="20372090" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7DE90A54" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="76CC9E92" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="76CC9E92" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F3818FA" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46D406CD" w14:textId="253C6409" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="635"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behövs/finns larm?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="4F15CE53" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="1299168E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="1602F53E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="82"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="0A871315" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AF3D202" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="71A4ABEF" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="71A4ABEF" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="22EC2D05" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AF15CB1" w14:textId="4F38BCF0" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Finns fastställda rutiner för hur larmsituationer ska hanteras?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="287DD2BC" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="7E0A475E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="6B60CF84" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="82"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="7C05EA38" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09F75C82" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="41226521" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="41226521" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5564DF51" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="19D80B0F" w14:textId="7116B458" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Känner alla medarbetarna till rutinerna och vet hur de ska använda dem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="102CEFC1" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="26F68686" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="5A937A20" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="82"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="66C10759" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1643C67D" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="0F4BD9A1" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="0F4BD9A1" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5F8E73E9" w14:textId="22ABC5C4" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="124DDA57" w14:textId="16245BD6" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sker regelbunden övning så att medarbetarna vet hur man ska agera när ett larm utlösts?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="4FBE03C3" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="47A3269B" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="590CEF2F" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="6040C6F9" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="301E23B0" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="1FDC3637" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="1FDC3637" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F6FFD24" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79364BF3" w14:textId="3B114713" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Underhålls och kontrolleras larmen kontinuerligt?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="330C9D7E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="0602BA20" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="31AB1ED0" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="0CC9EC74" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3980DE48" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="50DE7B2B" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="50DE7B2B" w14:textId="77777777" w:rsidTr="4414167A">
+        <w:trPr>
+          <w:trHeight w:val="1200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E18AF73" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="740FB5F3" w14:textId="47120858" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="272" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Finns beredskap för att klara akuta krissituationer, tex. att ta hand om drabbade medarbetare i det akuta skedet vid hot och våld?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C4300E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="101"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="16743778" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="101"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
+          </w:tcPr>
+          <w:p w14:paraId="0380BAC8" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="99"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8A495E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="602D9C9F" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="4E121A64" w14:textId="77777777" w:rsidTr="4414167A">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022800AF" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53AEE7CE" w14:textId="098405D3" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="290" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arbetar någon ensam utifrån den bemanningen som finns?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FFA672" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A167BD" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C158F1C" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="99"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+          </w:tcPr>
+          <w:p w14:paraId="221FE9A9" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D53AC9F" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="4A0FC425" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...10 lines deleted...]
-              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278B44DF" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...10 lines deleted...]
-              <w:spacing w:line="272" w:lineRule="exact"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="040911C1" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="290" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Finns beredskap för att klara akuta krissituationer, tex. att ta hand om drabbade medarbetare i det akuta skedet vid hot och våld?</w:t>
+              <w:t>Finns det särskilda risker för hot och våld vid</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...7 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="7172C272" w14:textId="6AFAC2B2" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ensamarbete?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
-          <w:p w14:paraId="19C4300E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...22 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="5A9A7384" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="16743778" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...22 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="724E8291" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
-          <w:p w14:paraId="0380BAC8" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="48F3D8EE" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8A495E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="4DD5FDCC" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="602D9C9F" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2576650F" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="4E121A64" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="1E368BD4" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="022800AF" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59E49528" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...7 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43124E6B" w14:textId="310C1F99" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
               <w:spacing w:line="290" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Arbetar någon ensam utifrån den bemanningen som finns?</w:t>
+              <w:t>Arbetar ev. minderåriga ensamma?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
-          <w:p w14:paraId="77FFA672" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="30573EDB" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="25A167BD" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="1E132530" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
-          <w:p w14:paraId="3C158F1C" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="5F865CCE" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
-          <w:p w14:paraId="221FE9A9" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="40A337C8" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="3D53AC9F" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="509FD18A" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="4A0FC425" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="4414167A" w14:paraId="608F87FF" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...23 lines deleted...]
-              <w:t>14</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="657FB1EF" w14:textId="757AA032" w:rsidR="5E77144F" w:rsidRDefault="5E77144F" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="040911C1" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B498C4A" w14:textId="53E44D5C" w:rsidR="5E77144F" w:rsidRDefault="5E77144F" w:rsidP="4414167A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="290" w:lineRule="exact"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Finns det särskilda risker för hot och våld vid</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finns risk för hot och våld i samband med telefon, e-post eller interaktioner i digitala forum eller plattformar?  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7172C272" w14:textId="6AFAC2B2" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...28 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9A7384" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...22 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="5509E2BC" w14:textId="63BC27F0" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="724E8291" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...22 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="12DB77B7" w14:textId="73B041D6" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
-          <w:p w14:paraId="48F3D8EE" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...8 lines deleted...]
-                <w:position w:val="-4"/>
+          <w:p w14:paraId="217F305B" w14:textId="256179DE" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD5FDCC" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...8 lines deleted...]
-                <w:position w:val="-4"/>
+          <w:p w14:paraId="3F67098C" w14:textId="5B526861" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...9 lines deleted...]
-              <w:overflowPunct w:val="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CE7646" w14:textId="0B2ED5EA" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="1E368BD4" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="4414167A" w14:paraId="6307DBAE" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...9 lines deleted...]
-              <w:overflowPunct w:val="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="642690F2" w14:textId="7764F91E" w:rsidR="5E77144F" w:rsidRDefault="5E77144F" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>15</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...9 lines deleted...]
-              <w:overflowPunct w:val="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69705ECA" w14:textId="2C41F3FF" w:rsidR="5E77144F" w:rsidRDefault="5E77144F" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="290" w:lineRule="exact"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Arbetar ev. minderåriga ensamma?</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vet medarbetare hur de ska agera vid hot och våld i digitala forum eller plattformar?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
-          <w:p w14:paraId="30573EDB" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...22 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="24DEA1FE" w14:textId="18DEA7D5" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="1E132530" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...22 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="7FD15802" w14:textId="33578F65" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
-          <w:p w14:paraId="5F865CCE" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...8 lines deleted...]
-                <w:position w:val="-4"/>
+          <w:p w14:paraId="5E604D38" w14:textId="6A8CE284" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
-          <w:p w14:paraId="40A337C8" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
-[...8 lines deleted...]
-                <w:position w:val="-4"/>
+          <w:p w14:paraId="7C2E99EC" w14:textId="33ACE0D1" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...9 lines deleted...]
-              <w:overflowPunct w:val="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DB65BA4" w14:textId="29FC5AF8" w:rsidR="4414167A" w:rsidRDefault="4414167A" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="2F7AE742" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="2F7AE742" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2D9EFEB0" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D9EFEB0" w14:textId="22EB3F8F" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="4414167A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-              <w:t>16</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
+            <w:r w:rsidR="21AAF9B8" w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39251104" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="290" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rapporteras Hot- och våldshändelser i Med</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BC69A4E" w14:textId="5E0A9786" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Control Pro?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="0D1A9488" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="4FC0D1FD" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="3344B3AC" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="6DADA260" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="393B355C" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="5B208468" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="5B208468" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1906AAD7" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1906AAD7" w14:textId="63E2282E" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="4414167A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-              <w:t>17</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
+            <w:r w:rsidR="0CD869A5" w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="110D9106" w14:textId="5763DE0C" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:before="2" w:line="276" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Utreds dessa händelser?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="50814528" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="0A46EF4B" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="5E56C8F7" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="426898D4" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="41BBC279" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="181C99DD" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="181C99DD" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...9 lines deleted...]
-              <w:overflowPunct w:val="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09846B91" w14:textId="0DC5934D" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="019BE6B5" w:rsidP="4414167A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>18</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D4A618E" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="290" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anmäls allvarligare olycksfall och tillbud till</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="241C0020" w14:textId="198D4D58" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arbetsmiljöverket?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="613D9B32" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="1377C99F" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="757EA749" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="16E48326" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5788045F" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="00A4511A" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="00A4511A" w14:textId="77777777" w:rsidTr="006647A3">
+        <w:trPr>
+          <w:trHeight w:val="708"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F999DA2" w14:textId="6D605CB4" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="66737A54" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43D574E6" w14:textId="34FEF679" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="145"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Känner chef och skyddsombud till vilken form </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">av </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fysisk och psykisk hjälp eller socialt stöd som </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ska </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ges </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">för </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">att </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>undvika eller lindra skador vid hot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-27"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7F3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>och våld?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF27012" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C25E8B" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB1EC03" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="99"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B8100D" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:ind w:left="84"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="304C77FF" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="78EF8893" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...10 lines deleted...]
-              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AC7FACB" w14:textId="47E20432" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="49B3E044" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4794CD80" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="290" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>Finns uppdaterad förteckning över</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...15 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="387C0DE9" w14:textId="329C708E" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7F3F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Känner chef och skyddsombud till vilken form </w:t>
+              <w:t>medarbetarnas anhöriga?</w:t>
             </w:r>
-            <w:r w:rsidRPr="001D7F3F">
-[...85 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF27012" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="0A2E6F40" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="85"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="65C25E8B" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="326EA84B" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB1EC03" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="5A3B0802" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
-          <w:p w14:paraId="00B8100D" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+          <w:p w14:paraId="25AF0880" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="304C77FF" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="132F38CF" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="46E5CCD3" w14:textId="77777777" w:rsidR="00355805" w:rsidRPr="001D7F3F" w:rsidRDefault="00355805" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="78EF8893" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="48D2A870" w14:textId="77777777" w:rsidTr="4414167A">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FCBE1F0" w14:textId="3B2812D7" w:rsidR="00B61D6B" w:rsidRPr="00300971" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="534CEAA5" w14:textId="1D2CFA4F" w:rsidR="00B61D6B" w:rsidRPr="00300971" w:rsidRDefault="00B61D6B" w:rsidP="00E80FB9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6A6B" w:rsidRPr="00300971" w14:paraId="3640489C" w14:textId="77777777" w:rsidTr="69F141FC">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...201 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03125A5C" w14:textId="1F48A9EA" w:rsidR="007B6A6B" w:rsidRPr="00300971" w:rsidRDefault="007B6A6B" w:rsidP="00850AEB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...41 lines deleted...]
-              <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...61 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A13D789" w14:textId="5028F2F1" w:rsidR="007B6A6B" w:rsidRPr="001D7F3F" w:rsidRDefault="007B6A6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6A6B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Övrigt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="65C4FA9B" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="00B61D6B" w:rsidRPr="00300971" w14:paraId="65C4FA9B" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5494AB20" w14:textId="61E4235E" w:rsidR="00B61D6B" w:rsidRPr="00300971" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5494AB20" w14:textId="3041B7D0" w:rsidR="00B61D6B" w:rsidRPr="00300971" w:rsidRDefault="00B61D6B" w:rsidP="4414167A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00850AEB">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="41242BC5" w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6675CDAE" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="50606AFF" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="1DF589DD" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="6FB692DD" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="4A2D0F3D" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DAE60D1" w14:textId="77777777" w:rsidR="00B61D6B" w:rsidRPr="001D7F3F" w:rsidRDefault="00B61D6B" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002376C0" w:rsidRPr="00300971" w14:paraId="0675E83A" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="002376C0" w:rsidRPr="00300971" w14:paraId="0675E83A" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="577F9F76" w14:textId="5D23AA49" w:rsidR="002376C0" w:rsidRPr="00300971" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="577F9F76" w14:textId="2048EBAE" w:rsidR="002376C0" w:rsidRPr="00300971" w:rsidRDefault="002376C0" w:rsidP="4414167A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00850AEB">
-[...5 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="03FA2A8F" w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="56155140" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="0ADAE6DC" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="0AD73AE6" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="7DFB4D23" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="2CCB31C6" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A414EBA" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002376C0" w:rsidRPr="00300971" w14:paraId="7E17884D" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="002376C0" w:rsidRPr="00300971" w14:paraId="7E17884D" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="78CF1B14" w14:textId="4631F79C" w:rsidR="002376C0" w:rsidRPr="00300971" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78CF1B14" w14:textId="62B6D630" w:rsidR="002376C0" w:rsidRPr="00300971" w:rsidRDefault="002376C0" w:rsidP="4414167A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00850AEB">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="4E600DA5" w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C4ED67C" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="37873594" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="591F4322" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="1F5F5D6C" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="288FCB8E" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F80DFD4" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002376C0" w:rsidRPr="00300971" w14:paraId="10E957BD" w14:textId="77777777" w:rsidTr="00876625">
+      <w:tr w:rsidR="002376C0" w:rsidRPr="00300971" w14:paraId="10E957BD" w14:textId="77777777" w:rsidTr="4414167A">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="7CF1FE3F" w14:textId="23E29897" w:rsidR="002376C0" w:rsidRPr="00300971" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CF1FE3F" w14:textId="07034229" w:rsidR="002376C0" w:rsidRPr="00300971" w:rsidRDefault="002376C0" w:rsidP="4414167A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="249" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00850AEB">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="152FDAF6" w:rsidRPr="4414167A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6AB3B36A" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="6FAC46"/>
           </w:tcPr>
           <w:p w14:paraId="0AF6E585" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="3CCFC408" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EC7C30"/>
           </w:tcPr>
           <w:p w14:paraId="09A040E6" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="99"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
           </w:tcPr>
           <w:p w14:paraId="63E670CC" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A82399F" w14:textId="77777777" w:rsidR="002376C0" w:rsidRPr="001D7F3F" w:rsidRDefault="002376C0" w:rsidP="00B61D6B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850AEB" w:rsidRPr="00300971" w14:paraId="322B13F1" w14:textId="77777777" w:rsidTr="00876625">
-[...193 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0108197D" w14:textId="77777777" w:rsidR="00300971" w:rsidRDefault="00300971" w:rsidP="000F20D4">
-[...8 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="26B59121" w14:textId="620AF20B" w:rsidR="69F141FC" w:rsidRDefault="69F141FC"/>
+    <w:p w14:paraId="4B668B5D" w14:textId="77DD4A6C" w:rsidR="4414167A" w:rsidRDefault="4414167A"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10207"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00876625" w14:paraId="03313FFB" w14:textId="77777777" w:rsidTr="00212759">
+      <w:tr w:rsidR="00876625" w14:paraId="03313FFB" w14:textId="77777777" w:rsidTr="003464CD">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0225E790" w14:textId="05689752" w:rsidR="00876625" w:rsidRPr="00876625" w:rsidRDefault="00876625" w:rsidP="000F20D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00876625">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Samlad bedömning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876625" w:rsidRPr="001D7F3F" w14:paraId="7238778A" w14:textId="77777777" w:rsidTr="00212759">
+      <w:tr w:rsidR="00876625" w:rsidRPr="001D7F3F" w14:paraId="7238778A" w14:textId="77777777" w:rsidTr="00126434">
+        <w:trPr>
+          <w:trHeight w:val="8312"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10207" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19076345" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="001D7F3F" w:rsidRDefault="00876625" w:rsidP="000F20D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57E84BC2" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="001D7F3F" w:rsidRDefault="00876625" w:rsidP="000F20D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F3F9004" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="001D7F3F" w:rsidRDefault="00876625" w:rsidP="000F20D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7129,153 +7267,172 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46989CC1" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="001D7F3F" w:rsidRDefault="00876625" w:rsidP="000F20D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2AA5C349" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="001D7F3F" w:rsidRDefault="00876625" w:rsidP="000F20D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="54D53839" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="001D7F3F" w:rsidRDefault="00876625" w:rsidP="000F20D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5113733B" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="001D7F3F" w:rsidRDefault="00876625" w:rsidP="000F20D4">
+          <w:p w14:paraId="27875F07" w14:textId="77777777" w:rsidR="00876625" w:rsidRDefault="00876625" w:rsidP="000F20D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="558E61C3" w14:textId="77777777" w:rsidR="00126434" w:rsidRDefault="00126434" w:rsidP="000F20D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63D2BD3D" w14:textId="77777777" w:rsidR="00126434" w:rsidRDefault="00126434" w:rsidP="000F20D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5113733B" w14:textId="77777777" w:rsidR="00126434" w:rsidRPr="001D7F3F" w:rsidRDefault="00126434" w:rsidP="000F20D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62C337F5" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="00902268" w:rsidRDefault="00876625" w:rsidP="000F20D4">
+    <w:p w14:paraId="62C337F5" w14:textId="77777777" w:rsidR="00876625" w:rsidRPr="00902268" w:rsidRDefault="00876625" w:rsidP="00126434">
       <w:pPr>
-        <w:ind w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00876625" w:rsidRPr="00902268">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61E03E5A" w14:textId="77777777" w:rsidR="00FF0375" w:rsidRDefault="00FF0375" w:rsidP="00161816">
+    <w:p w14:paraId="170463C1" w14:textId="77777777" w:rsidR="004F02AE" w:rsidRDefault="004F02AE" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0816255F" w14:textId="77777777" w:rsidR="00FF0375" w:rsidRDefault="00FF0375" w:rsidP="00161816">
+    <w:p w14:paraId="56646DFF" w14:textId="77777777" w:rsidR="004F02AE" w:rsidRDefault="004F02AE" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VGR Sans">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42DA7E38" w14:textId="154E4B92" w:rsidR="00876625" w:rsidRDefault="00876625" w:rsidP="00876625">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:noProof/>
         <w:color w:val="121212"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5125DE54" wp14:editId="34CF2125">
           <wp:extent cx="2214000" cy="450000"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:docPr id="3" name="Bild 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Bild 3"/>
@@ -7299,87 +7456,87 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2214000" cy="450000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="616C8278" w14:textId="77777777" w:rsidR="00FF0375" w:rsidRDefault="00FF0375" w:rsidP="00161816">
+    <w:p w14:paraId="7EF332A4" w14:textId="77777777" w:rsidR="004F02AE" w:rsidRDefault="004F02AE" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21DB7E55" w14:textId="77777777" w:rsidR="00FF0375" w:rsidRDefault="00FF0375" w:rsidP="00161816">
+    <w:p w14:paraId="108E40C8" w14:textId="77777777" w:rsidR="004F02AE" w:rsidRDefault="004F02AE" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1318336367"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="545A73B8" w14:textId="77777777" w:rsidR="000F20D4" w:rsidRDefault="000F20D4">
         <w:pPr>
-          <w:pStyle w:val="Sidhuvud"/>
+          <w:pStyle w:val="Header"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Sida </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:instrText>PAGE</w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
@@ -7431,51 +7588,51 @@
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="417E8086" w14:textId="77777777" w:rsidR="00902268" w:rsidRDefault="00902268">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A7311A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EA894BA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7536,145 +7693,183 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1644971245">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00902268"/>
     <w:rsid w:val="00040607"/>
+    <w:rsid w:val="000E1B47"/>
     <w:rsid w:val="000F20D4"/>
+    <w:rsid w:val="00126434"/>
+    <w:rsid w:val="001423EC"/>
     <w:rsid w:val="00161816"/>
     <w:rsid w:val="001C1331"/>
     <w:rsid w:val="001D7F3F"/>
+    <w:rsid w:val="00211F10"/>
     <w:rsid w:val="00212759"/>
     <w:rsid w:val="002376C0"/>
     <w:rsid w:val="0025292B"/>
     <w:rsid w:val="002D15C4"/>
     <w:rsid w:val="00300971"/>
     <w:rsid w:val="003019BB"/>
+    <w:rsid w:val="003464CD"/>
     <w:rsid w:val="00355805"/>
     <w:rsid w:val="0036307B"/>
+    <w:rsid w:val="003D4928"/>
     <w:rsid w:val="003E026E"/>
     <w:rsid w:val="00466678"/>
+    <w:rsid w:val="0048358B"/>
+    <w:rsid w:val="004F02AE"/>
     <w:rsid w:val="004F5902"/>
     <w:rsid w:val="005077C2"/>
     <w:rsid w:val="00526E87"/>
     <w:rsid w:val="005A2726"/>
     <w:rsid w:val="005D3C01"/>
     <w:rsid w:val="00624884"/>
+    <w:rsid w:val="00645BE3"/>
+    <w:rsid w:val="006647A3"/>
+    <w:rsid w:val="006C791B"/>
+    <w:rsid w:val="007139E4"/>
+    <w:rsid w:val="00745E5E"/>
     <w:rsid w:val="007732C8"/>
+    <w:rsid w:val="00784719"/>
+    <w:rsid w:val="007943A6"/>
     <w:rsid w:val="007B6A6B"/>
     <w:rsid w:val="007D18BE"/>
     <w:rsid w:val="00850AEB"/>
     <w:rsid w:val="00876625"/>
     <w:rsid w:val="008B28E8"/>
     <w:rsid w:val="00902268"/>
     <w:rsid w:val="00916579"/>
     <w:rsid w:val="009228D3"/>
     <w:rsid w:val="00A24220"/>
+    <w:rsid w:val="00A82D04"/>
+    <w:rsid w:val="00B377C2"/>
     <w:rsid w:val="00B61D6B"/>
     <w:rsid w:val="00BA19F6"/>
+    <w:rsid w:val="00BE0C05"/>
+    <w:rsid w:val="00BE0CB0"/>
     <w:rsid w:val="00C01372"/>
     <w:rsid w:val="00C21F1E"/>
     <w:rsid w:val="00C23BC3"/>
     <w:rsid w:val="00C4104B"/>
     <w:rsid w:val="00CF4787"/>
     <w:rsid w:val="00DB5DC0"/>
+    <w:rsid w:val="00DC4E01"/>
     <w:rsid w:val="00DE5AA0"/>
+    <w:rsid w:val="00E72359"/>
     <w:rsid w:val="00E80EB8"/>
     <w:rsid w:val="00E80FB9"/>
+    <w:rsid w:val="00F0781A"/>
     <w:rsid w:val="00F10FB5"/>
     <w:rsid w:val="00FF0375"/>
+    <w:rsid w:val="019BE6B5"/>
+    <w:rsid w:val="03FA2A8F"/>
+    <w:rsid w:val="0CD869A5"/>
+    <w:rsid w:val="152FDAF6"/>
+    <w:rsid w:val="1745CB20"/>
+    <w:rsid w:val="21AAF9B8"/>
     <w:rsid w:val="28088926"/>
     <w:rsid w:val="3DCE9C05"/>
+    <w:rsid w:val="41242BC5"/>
+    <w:rsid w:val="4414167A"/>
+    <w:rsid w:val="4468ECF4"/>
+    <w:rsid w:val="49B3E044"/>
+    <w:rsid w:val="4E600DA5"/>
     <w:rsid w:val="55F4E6B1"/>
+    <w:rsid w:val="5E77144F"/>
+    <w:rsid w:val="66737A54"/>
+    <w:rsid w:val="69F141FC"/>
+    <w:rsid w:val="6CDC13B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="6B846BBA"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -8037,200 +8232,200 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00161816"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00161816"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00161816"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00161816"/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00902268"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000F20D4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00300971"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="222" w:lineRule="exact"/>
       <w:ind w:left="69"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtext">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BrdtextChar"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A24220"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE" w:bidi="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Brdtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00A24220"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE" w:bidi="sv-SE"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
@@ -8513,56 +8708,56 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>1947</Characters>
+  <Pages>1</Pages>
+  <Words>377</Words>
+  <Characters>2153</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>4</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>17</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2310</CharactersWithSpaces>
+  <CharactersWithSpaces>2525</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Checklista och riskbedömning vid hot och våld</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
   <lastModifiedBy/>
-  <revision>2</revision>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>