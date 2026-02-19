--- v0 (2025-10-30)
+++ v1 (2026-02-19)
@@ -8,161 +8,144 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="36A85B73" w14:textId="5A7E9A69" w:rsidR="00332724" w:rsidRPr="00332724" w:rsidRDefault="00332724" w:rsidP="00332724">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332724">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Skyddsrond/fysisk arbetsmiljö</w:t>
       </w:r>
       <w:r w:rsidR="005C5D6C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> i delade administrativa miljöer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C90CDC" w14:textId="77777777" w:rsidR="00332724" w:rsidRPr="00F31F81" w:rsidRDefault="00332724" w:rsidP="00332724">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26F8D270" w14:textId="0BCFC537" w:rsidR="00332724" w:rsidRPr="00223149" w:rsidRDefault="005C5D6C" w:rsidP="00223149">
-[...15 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6C7020AC" w14:textId="77777777" w:rsidR="00332724" w:rsidRPr="00F31F81" w:rsidRDefault="00332724" w:rsidP="00332724">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9423" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="634"/>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="533"/>
         <w:gridCol w:w="34"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1304"/>
         <w:gridCol w:w="19"/>
         <w:gridCol w:w="1285"/>
         <w:gridCol w:w="38"/>
         <w:gridCol w:w="1465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="0371C444" w14:textId="6EEDC3AC" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="0371C444" w14:textId="6EEDC3AC" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
           </w:tcPr>
           <w:p w14:paraId="42279451" w14:textId="410DEE64" w:rsidR="00AA7395" w:rsidRPr="005C5D6C" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
@@ -214,80 +197,79 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t>övriga</w:t>
             </w:r>
             <w:r w:rsidRPr="002978EC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002978EC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>inbjudna.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="58C3247B" w14:textId="55FBD511" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="58C3247B" w14:textId="55FBD511" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0123E2DF" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="005C5D6C" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="6B66DEF7" w14:textId="13405091" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="6B66DEF7" w14:textId="13405091" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
           </w:tcPr>
           <w:p w14:paraId="2A892BED" w14:textId="5D761113" w:rsidR="00AA7395" w:rsidRPr="005C5D6C" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
@@ -300,167 +282,163 @@
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Deltagare - </w:t>
             </w:r>
             <w:r w:rsidRPr="002978EC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t>Lokalansvarig (Samordnande chef eller liknande funktion)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="04F469F2" w14:textId="5D96B765" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="04F469F2" w14:textId="5D96B765" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E747689" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="26A0F941" w14:textId="691560AF" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="26A0F941" w14:textId="691560AF" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E39488B" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="45A55C36" w14:textId="306CA84D" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="45A55C36" w14:textId="306CA84D" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F5C5E95" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="0A7A7FA4" w14:textId="23128A47" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="0A7A7FA4" w14:textId="23128A47" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73EDF26F" w14:textId="21FE105D" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="3AB18FE6" w14:textId="1A3F4E7B" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="3AB18FE6" w14:textId="1A3F4E7B" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
           </w:tcPr>
           <w:p w14:paraId="67E797A5" w14:textId="2AC68984" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
@@ -473,166 +451,162 @@
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Deltagare - </w:t>
             </w:r>
             <w:r w:rsidRPr="002978EC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t>Skyddsombud (representation från alla berörda organisationsnummer)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="341897D8" w14:textId="208479E0" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="341897D8" w14:textId="208479E0" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B840DF8" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="1B2E4350" w14:textId="7A06BCD7" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="1B2E4350" w14:textId="7A06BCD7" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CE2FDC5" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="39FD8B6C" w14:textId="3C9B2011" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="39FD8B6C" w14:textId="3C9B2011" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60BFD28E" w14:textId="795FC7E9" w:rsidR="00AA7395" w:rsidRPr="005C5D6C" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="105"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="556FF20B" w14:textId="363E0D3A" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="556FF20B" w14:textId="363E0D3A" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DFAB148" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="07DF7837" w14:textId="3E6B4C55" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="07DF7837" w14:textId="3E6B4C55" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
           </w:tcPr>
           <w:p w14:paraId="6E60851C" w14:textId="6A853445" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
@@ -718,233 +692,227 @@
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002978EC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t>(valfritt)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="105"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="5687E19A" w14:textId="2E26821A" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="5687E19A" w14:textId="2E26821A" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12E42C65" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="18A84FA1" w14:textId="12E00CAA" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="18A84FA1" w14:textId="12E00CAA" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D1BA57C" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="698F0FC0" w14:textId="505F205E" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="698F0FC0" w14:textId="505F205E" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5184AA88" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="72A52634" w14:textId="2807F71F" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="72A52634" w14:textId="2807F71F" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="333AD25E" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="7A6BBADC" w14:textId="1C950629" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="7A6BBADC" w14:textId="1C950629" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34E2C351" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRDefault="00AA7395" w:rsidP="005C5D6C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="5AA93EB1" w14:textId="316CCE67" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="5AA93EB1" w14:textId="316CCE67" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CADB49"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B35D13E" w14:textId="3926256F" w:rsidR="00AA7395" w:rsidRPr="00BB0FE0" w:rsidRDefault="00AA7395" w:rsidP="00E41A53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB0FE0">
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Verksamhetsrutiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="11E838FE" w14:textId="7B7D7B3B" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="11E838FE" w14:textId="7B7D7B3B" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BDB9E6F" w14:textId="4CFCAC1D" w:rsidR="00AA7395" w:rsidRPr="00BB0FE0" w:rsidRDefault="00AA7395" w:rsidP="00E41A53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1107,51 +1075,51 @@
           <w:p w14:paraId="5DC96302" w14:textId="34EC8B42" w:rsidR="00AA7395" w:rsidRPr="00BB0FE0" w:rsidRDefault="00AA7395" w:rsidP="00AA7395">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Slutdatum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="4D486DA3" w14:textId="0F1C23EA" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="4D486DA3" w14:textId="0F1C23EA" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EDD7F8A" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="00BB0FE0" w:rsidRDefault="00AA7395" w:rsidP="00E41A53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1284,11294 +1252,12182 @@
           <w:p w14:paraId="0FE13204" w14:textId="0DA72ACC" w:rsidR="00AA7395" w:rsidRPr="00BB0FE0" w:rsidRDefault="00AA7395" w:rsidP="00AA7395">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>År-Mån-Dag</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="686CC1A4" w14:textId="507D8CDE" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="686CC1A4" w14:textId="507D8CDE" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14DF2604" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="002A2FD0" w:rsidRDefault="00AA7395" w:rsidP="00E41A53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FC234B4" w14:textId="0BD16F6E" w:rsidR="00AA7395" w:rsidRPr="00E41A53" w:rsidRDefault="00AA7395" w:rsidP="00E41A53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Arbetsmiljörutiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="49694E8F" w14:textId="2B8270BA" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="49694E8F" w14:textId="2B8270BA" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F4DB221" w14:textId="1E9D9947" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="009A2DF5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="52B77800" w14:textId="4CFB81FA" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Finns skriftlig rutin för uppgiftsfördelning i det systematiska arbetsmiljöarbetet?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="638373EF" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="45039328" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="35313E9F" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="75E166F7" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3D3C327A" w14:textId="255CD844" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="6589B14E" w14:textId="0AD96E6C" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="6589B14E" w14:textId="0AD96E6C" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67F78E6D" w14:textId="75B4D326" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="009A2DF5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1F1FDA92" w14:textId="0E2DA8F9" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1FDA92" w14:textId="400EBDB4" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns rutiner för att säkerställa att chefer och arbetsledare med ansvar för den fysiska arbetsmiljön har tillräcklig kunskap i ämnet?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2410C6E4" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="32AAE6FB" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="616BEFF7" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4E90D589" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="04E1CD32" w14:textId="563F1EE3" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="659895C0" w14:textId="5D0DF98B" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="659895C0" w14:textId="5D0DF98B" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E63FBBD" w14:textId="0B725C9A" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="009A2DF5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0CBD6BE9" w14:textId="3187828E" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det möjlighet för medarbetare att anmäla fel och brister i den fysiska arbetsmiljön?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="59E19300" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3DD13A2C" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1EB1754A" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="30CD7CF2" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="18ED606B" w14:textId="47FF863C" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="56177083" w14:textId="20E88A08" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00AA7395" w:rsidRPr="00F31F81" w14:paraId="56177083" w14:textId="20E88A08" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29B5DF63" w14:textId="5742520D" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="009A2DF5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="41479D60" w14:textId="263A8C09" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns skriftlig rutin för risk- och konsekvensbedömningar inför förändringar i den fysiska arbetsmiljön?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="736D3F7E" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4129B9E3" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="78CD0FB4" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="50B19720" w14:textId="77777777" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6DE06F37" w14:textId="22B33980" w:rsidR="00AA7395" w:rsidRPr="009A2DF5" w:rsidRDefault="00AA7395" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="407F8ABF" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="1CDEBD0B" w14:paraId="114553D4" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...16 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="301496DA" w14:textId="569E7748" w:rsidR="32105AD3" w:rsidRDefault="32105AD3" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A90DB1" w14:textId="30BEC553" w:rsidR="32105AD3" w:rsidRDefault="32105AD3" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A2DF5">
+            <w:r w:rsidRPr="1CDEBD0B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Genomförs skyddsrond minst 1 gång per år?</w:t>
+              <w:t xml:space="preserve">Finns rutiner för att säkerställa att chefer och arbetsledare med ansvar för den digitala arbetsmiljön har tillräcklig kunskap i ämnet?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="322B5FD8" w14:textId="0A3197D7" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="781B5911" w14:textId="3E0E9379" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F33F722" w14:textId="3CA3A22E" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7E1301" w14:textId="1D4E242E" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="091425BE" w14:textId="21A927CC" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DF5" w:rsidRPr="00F31F81" w14:paraId="3A10E81A" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="1CDEBD0B" w14:paraId="75FB1379" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...43 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F7197F" w14:textId="797B8C39" w:rsidR="32105AD3" w:rsidRDefault="32105AD3" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2A094B" w14:textId="4774FC73" w:rsidR="32105AD3" w:rsidRDefault="32105AD3" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finns det möjlighet för medarbetare att anmäla fel och brister i den digitala arbetsmiljön?  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A45A62" w14:textId="3D5EA77A" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A6F6CA" w14:textId="79B407D4" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="32ABB808" w14:textId="31A53716" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D5C13A" w14:textId="322806FB" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="66867FCB" w14:textId="3B9916E2" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2DF5" w:rsidRPr="00F31F81" w14:paraId="73C22971" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="1CDEBD0B" w14:paraId="0EEA2571" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...21 lines deleted...]
-              <w:t>6</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CB8216" w14:textId="28AB4BF4" w:rsidR="32105AD3" w:rsidRDefault="32105AD3" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF4669E" w14:textId="43881EA3" w:rsidR="32105AD3" w:rsidRDefault="32105AD3" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00622C35">
+            <w:r w:rsidRPr="1CDEBD0B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det en brandskyddsansvarig person?</w:t>
+              <w:t xml:space="preserve">Finns skriftlig rutin för risk- och konsekvensbedömningar inför förändringar i den digitala arbetsmiljön?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E44C4" w14:textId="2374636D" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD99860" w14:textId="4D04BEC1" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C801929" w14:textId="77EE24DE" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="31117BEE" w14:textId="5B626FAB" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0090D9A0" w14:textId="0F747845" w:rsidR="1CDEBD0B" w:rsidRDefault="1CDEBD0B" w:rsidP="1CDEBD0B">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="5E870275" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="407F8ABF" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...21 lines deleted...]
-              <w:t>7</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68579ED7" w14:textId="3AC80C06" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="32105AD3" w:rsidP="009A2DF5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6CCD1A7E" w14:textId="1E6D8660" w:rsidR="00622C35" w:rsidRPr="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="04758D3A" w14:textId="6455D0B5" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00622C35">
-[...5 lines deleted...]
-              <w:t>Genomförs regelbundna brandskyddsronder?</w:t>
+            <w:r w:rsidRPr="009A2DF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Genomförs skyddsrond minst 1 gång per år?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="137E4DAF" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB7ABDC" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6F76FA6E" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D48DCD5" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="42722F38" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4C9CEA" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="318A487E" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="092C8611" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="210BD8C0" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1FF17A" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="2564F168" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="009A2DF5" w:rsidRPr="00F31F81" w14:paraId="3A10E81A" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B78224F" w14:textId="6935E876" w:rsidR="00622C35" w:rsidRDefault="00622C35" w:rsidP="009A2DF5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CD3914" w14:textId="77777777" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="009A2DF5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="453C6C3B" w14:textId="16F584E4" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="009A2DF5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-[...121 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Första hjälpen, utrymning och brandskydd</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="6B40E509" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="009A2DF5" w:rsidRPr="00F31F81" w14:paraId="73C22971" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...16 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14852DED" w14:textId="776206BC" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="64AB0920" w:rsidP="009A2DF5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="24CC4D51" w14:textId="0CB8B95C" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="543F99B7" w14:textId="1D819BFE" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622C35">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns väl synliga anslag och/eller rutiner för information om utrustning, till exempel förbandsutrustning och hjärtstartare?</w:t>
+              <w:t>Finns det en brandskyddsansvarig person?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4CBEF165" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F8D94C" w14:textId="77777777" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="543F88C8" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B50DF4" w14:textId="77777777" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="246F3960" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E51F35" w14:textId="77777777" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="59F8CDBF" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EB1EBA" w14:textId="77777777" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="38FA093B" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2206A3AF" w14:textId="77777777" w:rsidR="009A2DF5" w:rsidRPr="009A2DF5" w:rsidRDefault="009A2DF5" w:rsidP="00622C35">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="0480A8B7" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="5E870275" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="679"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8F701E" w14:textId="4D3BFA3F" w:rsidR="00622C35" w:rsidRDefault="7C3FC959" w:rsidP="009A2DF5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CCD1A7E" w14:textId="1E6D8660" w:rsidR="00622C35" w:rsidRPr="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00622C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Genomförs regelbundna brandskyddsronder?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="137E4DAF" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F76FA6E" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="42722F38" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="318A487E" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="210BD8C0" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="2564F168" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1651"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B78224F" w14:textId="2CA66440" w:rsidR="00622C35" w:rsidRDefault="6F6D673E" w:rsidP="009A2DF5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC9037E" w14:textId="00E0897A" w:rsidR="00622C35" w:rsidRPr="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00622C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns rätt utrustning för den första hjälpen som behövs, till exempel, rätt typ av förbandsutrustning och hjärtstartare?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C97EDF5" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B90D381" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0ECD50" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E73A8C" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BDE773" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="6430FBBC" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A417332" w14:textId="128B9539" w:rsidR="00622C35" w:rsidRDefault="00622C35" w:rsidP="009A2DF5">
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E8B3C6" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="1CDEBD0B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F456043" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00622C35" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="638AC00E" w14:textId="0B4F14BD" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Ja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF6D17F" w14:textId="73DB40D8" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Nej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CFCB02" w14:textId="3D53826C" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Åtgärd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55ABC558" w14:textId="47BF4F10" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:b/>
-[...102 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>nsvar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BEB4F5" w14:textId="1148ECE3" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Slutdatum</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="609EF15B" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="7974504A" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E595AB" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="1CDEBD0B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAB9DE2" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00622C35" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD4BBFF" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3CF7C2" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF9AA50" w14:textId="35B46C4D" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:b/>
-[...66 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Nr #</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...29 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01079AEE" w14:textId="65AB8369" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Initial</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCF441A" w14:textId="7FDD513F" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>År-Mån-Dag</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="60FB5958" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="6B40E509" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...16 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32593ED5" w14:textId="4D6BDEB6" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7D21E99C" w14:textId="3B29A96D" w:rsidR="00622C35" w:rsidRPr="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CC4D51" w14:textId="0CB8B95C" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622C35">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Är utrymningsvägarna markerade med skyltar som även syns väl när det är mörkt?</w:t>
+              <w:t>Finns väl synliga anslag och/eller rutiner för information om utrustning, till exempel förbandsutrustning och hjärtstartare?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="190C13D0" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBEF165" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7F60DC10" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="543F88C8" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41E75948" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="246F3960" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="63590894" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F8CDBF" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="69AB0568" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FA093B" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="17FB5A71" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="0480A8B7" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...16 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A417332" w14:textId="746AC73F" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="221ABE6B" w14:textId="6B84E863" w:rsidR="00622C35" w:rsidRPr="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BED31A8" w14:textId="6E40B5F0" w:rsidR="008832F4" w:rsidRPr="00622C35" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622C35">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-              <w:t>(inte blockerade)</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns tillräckligt med brandskyddsutrustning och är den i fullgott skick?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7707C69D" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0596FAD6" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="005B7AA3" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C21A083" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="507C6D98" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="011780FC" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50854AC4" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBBEA48" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="249234AB" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="009A2DF5" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D17C8D7" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="2F490629" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="609EF15B" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DC9126" w14:textId="5D27E00A" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="73F74AED" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB946E1" w14:textId="5302B57C" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00622C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Finns två av varandra oberoende utrymningsvägar?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...21 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E10B0A" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...21 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F716EA6" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...21 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAEC559" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D5C8A9" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="787FF9CC" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="73E1057A" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="60FB5958" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2120A9E1" w14:textId="6C5B87A5" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="405EBD85" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D21E99C" w14:textId="3B29A96D" w:rsidR="008832F4" w:rsidRPr="00622C35" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00622C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Är utrymningsvägarna markerade med skyltar som även syns väl när det är mörkt?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...7 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="190C13D0" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...7 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F60DC10" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E75948" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="63590894" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AB0568" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="0A579B23" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="17FB5A71" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A03E2A6" w14:textId="3144BF8C" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="221ABE6B" w14:textId="6B84E863" w:rsidR="008832F4" w:rsidRPr="00622C35" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00622C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Är utrymningsvägarna fria</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-[...17 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00622C35">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Är utrymningsvägarna öppningsbara utan nyckel?</w:t>
+              <w:t>(inte blockerade)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7707C69D" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="005B7AA3" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="507C6D98" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="50854AC4" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="249234AB" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="009A2DF5" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="6AD85609" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="0A579B23" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>15</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3717911E" w14:textId="578D3B9A" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F25655E" w14:textId="67E36C54" w:rsidR="00622C35" w:rsidRPr="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="1E270358" w14:textId="2B847A3A" w:rsidR="008832F4" w:rsidRPr="00622C35" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622C35">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns utrymningslarm som varnar alla i lokalerna?</w:t>
+              <w:t>Är utrymningsvägarna öppningsbara utan nyckel?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68AEB85D" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="00BB0FE0" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="59B7F978" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="11E3B33C" w14:textId="77777777" w:rsidR="00622C35" w:rsidRPr="00BB0FE0" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="01EA5AC5" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="675FCA67" w14:textId="77777777" w:rsidR="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="16A8F9CE" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60E4C7CE" w14:textId="77777777" w:rsidR="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="6B841D31" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="43D20360" w14:textId="77777777" w:rsidR="00622C35" w:rsidRDefault="00622C35" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="4660CAF9" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="01A3C335" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="6AD85609" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...43 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46914C35" w14:textId="5EBD2D38" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F25655E" w14:textId="67E36C54" w:rsidR="008832F4" w:rsidRPr="00622C35" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00622C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Finns utrymningslarm som varnar alla i lokalerna?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="68AEB85D" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E3B33C" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="675FCA67" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E4C7CE" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D20360" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00622C35" w:rsidRPr="00F31F81" w14:paraId="19AC3921" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="01A3C335" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CF4DC9" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="455C5132" w14:textId="4D9DBFFF" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-[...125 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Fysisk arbetsmiljö</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827D3B" w:rsidRPr="00F31F81" w14:paraId="51C42B0D" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="19AC3921" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>17</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="526E6C33" w14:textId="2CD2BE9E" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4EA6846C" w14:textId="12D7FA94" w:rsidR="00827D3B" w:rsidRPr="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="7139BD70" w14:textId="509398A2" w:rsidR="008832F4" w:rsidRPr="00827D3B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det arbetsplatser med extra platsbelysning?</w:t>
+              <w:t>Är allmänbelysningen tillräcklig i lokalerna?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6532F7E7" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="4F255484" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6F5D3C7F" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="66283C45" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66E6BD56" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="309D079F" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3CFA66FB" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="133A2F76" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6D4D83BF" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="3A3B8D65" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827D3B" w:rsidRPr="00F31F81" w14:paraId="3E0BA06E" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="51C42B0D" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>18</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D586F0" w14:textId="1327BF61" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="125CE040" w14:textId="72BCEE5B" w:rsidR="00827D3B" w:rsidRPr="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="4EA6846C" w14:textId="12D7FA94" w:rsidR="008832F4" w:rsidRPr="00827D3B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det tillgång till dagsljus?</w:t>
+              <w:t>Finns det arbetsplatser med extra platsbelysning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1013BB5D" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="6532F7E7" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60079688" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="6F5D3C7F" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1E26BEA4" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="66E6BD56" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F6C6E3F" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="3CFA66FB" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0DCE4A78" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="6D4D83BF" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827D3B" w:rsidRPr="00F31F81" w14:paraId="7650D60B" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="3E0BA06E" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>19</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C06E87" w14:textId="112BA497" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3FA1ABAB" w14:textId="5845BB75" w:rsidR="00827D3B" w:rsidRPr="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="125CE040" w14:textId="72BCEE5B" w:rsidR="008832F4" w:rsidRPr="00827D3B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827D3B">
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-              <w:t>Finns det möjlighet att skärma av besvärande solljus?</w:t>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Finns det tillgång till dagsljus?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3843931E" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="1013BB5D" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="136FB121" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="60079688" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3EEB008D" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="1E26BEA4" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5880F896" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="4F6C6E3F" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66CD8AC0" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="0DCE4A78" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827D3B" w:rsidRPr="00F31F81" w14:paraId="75A9EEBE" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="7650D60B" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>20</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F900D4" w14:textId="31E81B29" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA1ABAB" w14:textId="5845BB75" w:rsidR="008832F4" w:rsidRPr="00827D3B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00827D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finns det möjlighet att skärma av besvärande solljus?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3843931E" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="136FB121" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEB008D" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5880F896" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CD8AC0" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="75A9EEBE" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A71AA9" w14:textId="154B50F1" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B6ABAD" w14:textId="0CAEBA30" w:rsidR="008832F4" w:rsidRPr="00827D3B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Behövs stödkylning (för varmt, till exempel på sommaren) i vissa delar av lokalerna eller vid vissa arbetsplatser?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4BE4BD00" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="4BE4BD00" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="213388D6" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="213388D6" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5115396E" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="5115396E" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="364919F0" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="364919F0" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2D74D206" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="2D74D206" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827D3B" w:rsidRPr="00F31F81" w14:paraId="60949473" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="60949473" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="74732CD5" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74732CD5" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          </w:tcPr>
+          <w:p w14:paraId="018BD4EE" w14:textId="2ECDB1A4" w:rsidR="008832F4" w:rsidRPr="00827D3B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Om ja – fungerar de?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6C745126" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="6C745126" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="455A22D4" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="455A22D4" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2DF70658" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="2DF70658" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="78BB23F3" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="78BB23F3" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3E5F1425" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="3E5F1425" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827D3B" w:rsidRPr="00F31F81" w14:paraId="55AFDEE6" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="55AFDEE6" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>21</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D00F20" w14:textId="1B2FF115" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E138FD" w14:textId="5B4358FF" w:rsidR="008832F4" w:rsidRPr="00827D3B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Behövs stöduppvärmning (för kallt, till exempel på vintern) i vissa delar av lokalerna eller vid vissa arbetsplatser?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C53E6C7" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="2C53E6C7" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="29C921DB" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="29C921DB" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2424A5ED" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="2424A5ED" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2CFE46FF" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="2CFE46FF" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="31F66C92" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="31F66C92" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00827D3B" w:rsidRPr="00F31F81" w14:paraId="7B5C6AA0" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="7B5C6AA0" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="061DD7B2" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="061DD7B2" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E86F9A" w14:textId="14831119" w:rsidR="008832F4" w:rsidRPr="00827D3B" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Om ja – fungerar de?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D0E39AB" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="0D0E39AB" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="75C71CF9" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRPr="00BB0FE0" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="75C71CF9" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="72AF8413" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="72AF8413" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="526AC46A" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="526AC46A" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="64FDE58E" w14:textId="77777777" w:rsidR="00827D3B" w:rsidRDefault="00827D3B" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="64FDE58E" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="3B71D15D" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="008832F4" w:rsidRPr="00F31F81" w14:paraId="3B71D15D" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>22</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F2A34C" w14:textId="3AC08612" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F6F48D7" w14:textId="0B922401" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="5F6F48D7" w14:textId="0B922401" w:rsidR="008832F4" w:rsidRPr="008A7938" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Förekommer det upprepade klagomål på att inomhusluften är bristfällig?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4B4A3CB7" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="4B4A3CB7" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A0825CC" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="7A0825CC" w14:textId="77777777" w:rsidR="008832F4" w:rsidRPr="00BB0FE0" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="259F03D7" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="259F03D7" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="606304FA" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="606304FA" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="51C2DBA9" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="51C2DBA9" w14:textId="77777777" w:rsidR="008832F4" w:rsidRDefault="008832F4" w:rsidP="008832F4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="372EF179" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="722EFB23" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32784553" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="1CDEBD0B" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B085346" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="196F8145" w14:textId="45FB1433" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Ja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65BEE990" w14:textId="4C42C06B" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Nej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68132DAD" w14:textId="37DCA52F" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Åtgärd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CC230F" w14:textId="26B9CD86" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:b/>
-[...106 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>nsvar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C69CECB" w14:textId="410E522A" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Slutdatum</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="627BA106" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="2E48C76B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFBB5C3" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="1CDEBD0B" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3978CD76" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6EF69D" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF7E191" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69954D2B" w14:textId="5D72EFD8" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:b/>
-[...68 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Nr #</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...30 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBE4E21" w14:textId="1D682277" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Initial</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C803DB" w14:textId="3EFEDF69" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>År-Mån-Dag</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="039EE576" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="372EF179" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>25</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F8CF58" w14:textId="121BD0CA" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E4B5B24" w14:textId="1CBAAC54" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="693731B7" w14:textId="6F1A455D" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Förekommer det drag eller buller från ventilationssystemet?</w:t>
+              <w:t>Förekommer det drag från fönster eller dörrar?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0BF45603" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="057B3604" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="37947414" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="62D3E695" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5535E594" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="7641C5A1" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FB52F18" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="5447BA15" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="34DC5468" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="5EBA9690" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="59164E4F" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="627BA106" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>26</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C26A1C9" w14:textId="35B1813A" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6D633035" w14:textId="6E0665C9" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="311961A1" w14:textId="1F9BE5B8" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det möjlighet att justera höjden på skrivbord så att det går att arbeta i både sittande och stående arbetsställning?</w:t>
+              <w:t>Finns det både till- och frånluftssystem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="113D6116" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="35C32D83" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7AC237F8" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="1BB5D422" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="07EA2107" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="2997D227" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C01CDCE" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="4065E5AE" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C411D85" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="202910F1" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="69040AC5" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="039EE576" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>27</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AAB7244" w14:textId="1750671A" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="15B68415" w14:textId="588F87E6" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="5E4B5B24" w14:textId="1CBAAC54" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Kan kontorsstolar regleras i höjdled och kan djupet i sitsen förändras?</w:t>
+              <w:t>Förekommer det drag eller buller från ventilationssystemet?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="15F5D7D3" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="0BF45603" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="136563FD" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="37947414" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33B9AC70" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="5535E594" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7519221F" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="0FB52F18" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="603EEC81" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="34DC5468" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="2EA4CC3F" w14:textId="77777777" w:rsidTr="00622C35">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="59164E4F" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>28</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B98D01" w14:textId="380C1F8F" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5DD6A1E1" w14:textId="52318B0A" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="6D633035" w14:textId="6E0665C9" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det fungerande rutiner för felanmälan?</w:t>
+              <w:t>Finns det möjlighet att justera höjden på skrivbord så att det går att arbeta i både sittande och stående arbetsställning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0E0D1CD1" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="113D6116" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="28173CDE" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="7AC237F8" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1E86DA4E" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="07EA2107" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3671AB04" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="3C01CDCE" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41BA99A3" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="00622C35">
+          </w:tcPr>
+          <w:p w14:paraId="2C411D85" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="3DFD79B6" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="69040AC5" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="603CC09F" w14:textId="1CABEC5F" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="241DC065" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="15B68415" w14:textId="588F87E6" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008A7938">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Kan kontorsstolar regleras i höjdled och kan djupet i sitsen förändras?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="15F5D7D3" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="136563FD" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="33B9AC70" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...32 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="7519221F" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="603EEC81" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="2E60A942" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="2EA4CC3F" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D937AB1" w14:textId="6DD5E995" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="44D18944" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="5DD6A1E1" w14:textId="52318B0A" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008A7938">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Finns det fungerande rutiner för felanmälan?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="358BDE4E" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="0E0D1CD1" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="51DC1FB1" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+          </w:tcPr>
+          <w:p w14:paraId="28173CDE" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="1E86DA4E" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="3671AB04" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="41BA99A3" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="1C776DDF" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="1C776DDF" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>29</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF9EC4B" w14:textId="3E503C33" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="77EB0728" w14:textId="10160EB0" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77EB0728" w14:textId="10160EB0" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Förvaras material, till exempel papper och kontorstillbehör på ett ergonomiskt bra sätt?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E7E8AF0" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7E8AF0" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="27A4C0FA" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A4C0FA" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="768BFB9A" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="768BFB9A" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="73403967" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73403967" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="01E72B5E" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E72B5E" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="57084681" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="57084681" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>30</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C2D3A0" w14:textId="3D042731" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="773D79C3" w14:textId="04855F31" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="773D79C3" w14:textId="04855F31" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Står kopieringsmaskinerna och andra kontorsmaskiner som alstrar högt/störande ljud, värme och vissa kemiska ämnen i ett separat utrymme?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C75297A" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C75297A" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="05C4D5B6" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C4D5B6" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B4756EB" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4756EB" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2ADE713B" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADE713B" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="32AAA1A7" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AAA1A7" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="62D8B5B5" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="62D8B5B5" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>31</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CA3510" w14:textId="4D0FCB51" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="32627783" w14:textId="30B984C5" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32627783" w14:textId="30B984C5" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det tillräckligt med arbetsytor i kopieringsrummen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="068FA81F" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="068FA81F" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="50316455" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50316455" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="11E2FE21" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E2FE21" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C3BE505" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3BE505" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="30CDD107" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CDD107" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="5AF8EE9B" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="5AF8EE9B" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>32</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3620ED1E" w14:textId="1856B6F9" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="28356F44" w14:textId="2D15FB22" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28356F44" w14:textId="2D15FB22" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det tillräckligt med låsbara skåp för arbetstagare som har sin hemvist på arbetsplatsen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24FA559A" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FA559A" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="32B2BCE1" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B2BCE1" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E04C59B" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E04C59B" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="681D71D2" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="681D71D2" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4CA46D10" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA46D10" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="0B732C5D" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="0B732C5D" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19D4FBA6" w14:textId="68E7A0BB" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D4FBA6" w14:textId="68E7A0BB" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4970E7A3" w14:textId="053515E5" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4970E7A3" w14:textId="053515E5" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Zonindelning och aktivitetsbaserad arbetsplats</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="7647A1A9" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="7647A1A9" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>33</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24EB094D" w14:textId="1B6EE881" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="67D08E49" w14:textId="51326997" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D08E49" w14:textId="51326997" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det olika ljudzoner på arbetsplatsen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="46EF7304" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46EF7304" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B1C3AE4" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1C3AE4" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="350C1FE2" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="350C1FE2" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D30000A" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D30000A" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="257E386E" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="257E386E" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="5F5C2E62" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="5F5C2E62" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>34</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="761B8182" w14:textId="6615A81B" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="18444925" w14:textId="2AC20E56" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18444925" w14:textId="2AC20E56" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Ligger ljudzonerna rätt i förhållande till varandra så inte zonernas funktioner stör andra zoner?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0EB6E018" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB6E018" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="18BFAF6B" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BFAF6B" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CB96647" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB96647" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3F95736E" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F95736E" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="637A214B" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="637A214B" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="4B158397" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="4B158397" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>35</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2050EF" w14:textId="1AD86B91" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24CDCA8D" w14:textId="5EF482C2" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CDCA8D" w14:textId="5EF482C2" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det tillräckligt med arbetsplatser inom de olika zonerna som ger stöd för den aktuella arbetsuppgiften?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="05E04204" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E04204" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="07514F2D" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07514F2D" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="55571BE8" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55571BE8" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="09D673B8" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D673B8" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0322048F" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0322048F" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="051DB14E" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="051DB14E" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>36</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05944738" w14:textId="7B49A145" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="247CD4A9" w14:textId="3A54E6BC" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="247CD4A9" w14:textId="3A54E6BC" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det information om de olika zonernas funktion för medarbetarna att ta del av? Exempelvis skyltar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="63F71C67" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F71C67" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1A09806D" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A09806D" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="79908360" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79908360" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="380CF967" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="380CF967" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="64C8C440" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C8C440" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="49332C2C" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="49332C2C" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>37</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E657990" w14:textId="01B0A47A" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="75F56FD0" w14:textId="20AD9E6B" w:rsidR="008A7938" w:rsidRPr="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F56FD0" w14:textId="20AD9E6B" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7938">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Behöver man transportera sig genom ”tysta/lugna” ljudzoner för att nå samarbetszonen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="63CF81FC" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63CF81FC" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2ABA9177" w14:textId="77777777" w:rsidR="008A7938" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ABA9177" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="526B51CE" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="526B51CE" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A2E21ED" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2E21ED" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="56D875FC" w14:textId="77777777" w:rsidR="008A7938" w:rsidRDefault="008A7938" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D875FC" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="6B4B9565" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="5C22514C" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="419F1EEE" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="1CDEBD0B" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="107256AC" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D73BF88" w14:textId="2FDAEFBF" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Ja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C877CFB" w14:textId="7D2C3C1D" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Nej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D261FA" w14:textId="250B1A8D" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Åtgärd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7605A7E2" w14:textId="360649FF" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:b/>
-[...32 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB0FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>nsvar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="520670CD" w14:textId="2A518D03" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...112 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Slutdatum</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7938" w:rsidRPr="00F31F81" w14:paraId="17AF5A67" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="566081FD" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DED804E" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="1CDEBD0B" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5FF4D1" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3FF6E0" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEEE071" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A252C90" w14:textId="159B699C" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:b/>
-[...71 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Nr #</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...32 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2B5E2B" w14:textId="062F3E06" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Initial</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC84089" w14:textId="5D6B1012" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>År-Mån-Dag</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="183370E9" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="00E517BF" w:rsidRPr="00F31F81" w14:paraId="6B4B9565" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...32 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="415DB635" w14:textId="093F7A0A" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4323EDD0" w14:textId="432CFCA8" w:rsidR="00E517BF" w:rsidRPr="008A7938" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7938">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Finns</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> det</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A7938">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tillräckligt med mötesrum?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5467273E" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="145957D5" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRPr="00BB0FE0" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="428B45D8" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74034389" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C42D754" w14:textId="77777777" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="7FB77965" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="00E517BF" w14:paraId="48310CDC" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>40</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A0E82E" w14:textId="7E719A63" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6882C4BA" w14:textId="03B8191D" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="3AA04473">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Är personalutrymmena fria från inredning eller andra föremål som kan hindra dess funktion?</w:t>
+              <w:t>Finns det tillräckligt med rum för att genomföra enskilda digitala möten?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:bCs/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47CE8E94" w14:textId="623EEFF0" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:bCs/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E799A7" w14:textId="15B46619" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:bCs/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E11E92C" w14:textId="33BE1678" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:bCs/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0DFDD8" w14:textId="615B5416" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:bCs/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="395CD19A" w14:textId="47AF20CC" w:rsidR="00E517BF" w:rsidRDefault="00E517BF" w:rsidP="00E517BF">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="7B26DAE5" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="005A3086" w:rsidRPr="00F31F81" w14:paraId="7CAB1CD9" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A4244B" w14:textId="77777777" w:rsidR="005A3086" w:rsidRPr="1CDEBD0B" w:rsidRDefault="005A3086" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C60498" w14:textId="59C7053E" w:rsidR="005A3086" w:rsidRDefault="00867364" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-[...5 lines deleted...]
-              <w:t>41</w:t>
+                <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tekniska förutsättningar </w:t>
+            </w:r>
+            <w:r w:rsidR="00D447FF">
+              <w:rPr>
+                <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>för digitalt arbete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="45C3CA56" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D8AE33" w14:textId="10D94A26" w:rsidR="008A2D96" w:rsidRPr="1CDEBD0B" w:rsidRDefault="00B65BF1" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="049FB0B4" w14:textId="380FC2EB" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="009F1196" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F1196">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finns stabil och tillräcklig </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F1196">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>WiFi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F1196">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-täckning?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4A8928" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7CC456" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6084D402" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C6367A" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6924D9C8" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="0FBDC580" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="033628AD" w14:textId="30BAA7E0" w:rsidR="008A2D96" w:rsidRPr="1CDEBD0B" w:rsidRDefault="00AB00C4" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC329BF" w14:textId="3DD6465A" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="006A02DE" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A02DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Är el- och nätverksuttag lättillgängliga?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D25675F" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFB6FF7" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F03495F" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C22980D" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5630230E" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="700832FB" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4E8B2D" w14:textId="0308E311" w:rsidR="008A2D96" w:rsidRPr="1CDEBD0B" w:rsidRDefault="00452BE8" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="263E28B9" w14:textId="258B26F9" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="0050464A" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050464A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Har arbetsstationerna ändamålsenlig utrustning som exempelvis externa skärmar, tangentbord och datormus?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39ACFFEC" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE2DBD9" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6618E8E0" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64AAB96E" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0498ABEC" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0050464A" w:rsidRPr="00F31F81" w14:paraId="34B64701" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="568392B5" w14:textId="03A33EF0" w:rsidR="0050464A" w:rsidRDefault="00AB00C4" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A01581" w14:textId="757C9B47" w:rsidR="0050464A" w:rsidRPr="0050464A" w:rsidRDefault="00AB00C4" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Har mötesrummen ändamålsenlig utrustning?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6865B0FB" w14:textId="77777777" w:rsidR="0050464A" w:rsidRPr="00BB0FE0" w:rsidRDefault="0050464A" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20437317" w14:textId="77777777" w:rsidR="0050464A" w:rsidRPr="00BB0FE0" w:rsidRDefault="0050464A" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A2EE07" w14:textId="77777777" w:rsidR="0050464A" w:rsidRDefault="0050464A" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="439276FB" w14:textId="77777777" w:rsidR="0050464A" w:rsidRDefault="0050464A" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EB5F5C" w14:textId="77777777" w:rsidR="0050464A" w:rsidRDefault="0050464A" w:rsidP="005A3086">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="48DCF08E" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19269D10" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="1CDEBD0B" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="796429A1" w14:textId="4A12AFC8" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>Personalutrymmen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129DF5E2" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50EEA442" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E206AEA" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB28545" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17AFA86C" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="7FB77965" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE550D6" w14:textId="57D615E0" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375B0326" w14:textId="15957C32" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00913440">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Är personalutrymmena fria från inredning eller andra föremål som kan hindra dess funktion?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3994A7BD" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F3DCD2" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="246B31FE" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F699E9C" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F6AF7F" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="7B26DAE5" w14:textId="77777777" w:rsidTr="00E517BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2850C9E8" w14:textId="0F70FFE3" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5E7E8E" w14:textId="7B98E571" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det lämpliga matplatser samt kylskåp, uppvärmningsanordningar och diskmöjligheter för de som har med egen mat?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4A29ED0B" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00BB0FE0" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A29ED0B" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4577A892" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00BB0FE0" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4577A892" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1A8AC042" w14:textId="77777777" w:rsidR="00913440" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8AC042" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57FE67EF" w14:textId="77777777" w:rsidR="00913440" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FE67EF" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="55E6325C" w14:textId="77777777" w:rsidR="00913440" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E6325C" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="7C104CB6" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="7C104CB6" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="62F2E72C" w14:textId="5D0AC16C" w:rsidR="00913440" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F2E72C" w14:textId="5D0AC16C" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9B5EB3" w14:textId="6081BE8D" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Räcker platser och utrustning för alla?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="328CB918" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00BB0FE0" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="328CB918" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BA58CCF" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00BB0FE0" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA58CCF" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00BB0FE0" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7917B8CA" w14:textId="77777777" w:rsidR="00913440" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7917B8CA" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1E190430" w14:textId="77777777" w:rsidR="00913440" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E190430" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="40C26101" w14:textId="77777777" w:rsidR="00913440" w:rsidRDefault="00913440" w:rsidP="008A7938">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C26101" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="2964470C" w14:textId="77777777" w:rsidTr="00913440">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="6D395983" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="58CBD462" w14:textId="77777777" w:rsidR="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DA7C98" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EAB6A5" w14:textId="18A8001B" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00913440">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Finns möjlighet att nyttja personalutrymmen olika tider vid hög belastning?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="256DD992" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="024072CF" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D812E96" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE523F5" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A15B52" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="3456DA16" w14:textId="77777777" w:rsidTr="00913440">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="024F382F" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F8C2C3" w14:textId="3887F320" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0754B4EB" w14:textId="142DA199" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00913440">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Finns det ett särskilt paus-utrymme eller annan lämplig avskild plats för återhämtning?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0EA5DC0D" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00BB0FE0" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57AD5B6F" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BF793C7" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00BB0FE0" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="309996C7" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3A27E3" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4518EFE7" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B852D9" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="6D395983" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="1528AE2F" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EDA617" w14:textId="05BCA191" w:rsidR="008A2D96" w:rsidRDefault="00AB00C4" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-              </w:numPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03099E78" w14:textId="58151F82" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns möjlighet att nyttja personalutrymmen olika tider vid hög belastning?</w:t>
+              <w:t>Finns det vilrum med möjligt att ligga ner?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="256DD992" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23111A77" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="024072CF" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62311BE6" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D812E96" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11084124" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5FE523F5" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B7BBDA" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="74A15B52" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17AE4F66" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="024F382F" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="56BE8177" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48670B3C" w14:textId="0353E5B4" w:rsidR="008A2D96" w:rsidRDefault="00AB00C4" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>42</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0754B4EB" w14:textId="142DA199" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3426DFEE" w14:textId="2D94D950" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det ett särskilt paus-utrymme eller annan lämplig avskild plats för återhämtning?</w:t>
+              <w:t>Finns det väl fungerande lokalvård?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57AD5B6F" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52696CD9" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="309996C7" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3181B44C" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F3A27E3" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57EE9DED" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4518EFE7" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="782D7086" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="68B852D9" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0242C64F" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="1528AE2F" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="737D7948" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0E4E5E" w14:textId="5B9710EF" w:rsidR="008A2D96" w:rsidRDefault="00AB00C4" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>43</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="03099E78" w14:textId="58151F82" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE12C70" w14:textId="72EFA6EE" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det vilrum med möjligt att ligga ner?</w:t>
+              <w:t>Finns det möjlighet till källsortering?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="23111A77" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287298AF" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="62311BE6" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F583CCD" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="11084124" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07216C67" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="04B7BBDA" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28485C6C" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="17AE4F66" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0E6D21" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="56BE8177" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="758DFB3B" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>44</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D57ED9C" w14:textId="18ABF8B4" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3426DFEE" w14:textId="2D94D950" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01433E3C" w14:textId="2CD127BA" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det väl fungerande lokalvård?</w:t>
+              <w:t>Finns det tillräckligt antal toaletter för de medarbetare som arbetar samtidigt?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="52696CD9" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB73EFE" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3181B44C" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF85CC9" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57EE9DED" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="460C4713" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="782D7086" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="600F8100" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0242C64F" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD4BE1B" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="737D7948" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="1BF55F15" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>45</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B8CF4F" w14:textId="3C006A82" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1BE12C70" w14:textId="72EFA6EE" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F5C3B2" w14:textId="12A6FE3E" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det möjlighet till källsortering?</w:t>
+              <w:t>Finns det tillräckligt många HWC?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="287298AF" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D614DC5" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F583CCD" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F14AB1" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="07216C67" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCB571F" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="28485C6C" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02DA0C8B" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B0E6D21" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="021FE087" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="758DFB3B" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="73310A4A" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>46</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="356A8AEC" w14:textId="407D95D1" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="01433E3C" w14:textId="2CD127BA" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="536062A4" w14:textId="197D5019" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Finns det tillräckligt antal toaletter för de medarbetare som arbetar samtidigt?</w:t>
+              <w:t>Finns det plats för att förvara ytterkläder?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BB73EFE" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B4FE6D" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FF85CC9" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41917510" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="460C4713" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0444BC03" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="600F8100" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BED605B" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4DD4BE1B" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9675C6" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="1BF55F15" w14:textId="77777777" w:rsidTr="008A7938">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="155FB542" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...318 lines deleted...]
-            <w:tcW w:w="634" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>49</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1238B732" w14:textId="0D834942" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24D8B4E2" w14:textId="18F06A3D" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D8B4E2" w14:textId="18F06A3D" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det tillgång till omklädningsrum och dusch?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="28A01307" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A01307" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2006AD9D" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2006AD9D" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3B3F311C" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3F311C" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="024BC72F" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="024BC72F" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3024F88B" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3024F88B" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="2697DA52" w14:textId="77777777" w:rsidTr="00DD6208">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="2697DA52" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-              <w:t>50</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A3511E" w14:textId="4C99A11B" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1CDEBD0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="sv-SE"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="286BA033" w14:textId="282C3AB8" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286BA033" w14:textId="282C3AB8" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913440">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Finns det omklädningsrum och dusch för medarbetare med olika könstillhörigheter?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="43ED9620" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43ED9620" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CA51C0D" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA51C0D" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3531CAB5" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3531CAB5" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="523A4D22" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="523A4D22" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="21ADE0DA" w14:textId="77777777" w:rsidR="00913440" w:rsidRPr="00913440" w:rsidRDefault="00913440" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21ADE0DA" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD6208" w:rsidRPr="00F31F81" w14:paraId="65C7FD8A" w14:textId="77777777" w:rsidTr="00DD6208">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="65C7FD8A" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2A85B044" w14:textId="77777777" w:rsidR="00DD6208" w:rsidRPr="00913440" w:rsidRDefault="00DD6208" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A85B044" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00913440" w:rsidRPr="00F31F81" w14:paraId="50181F8B" w14:textId="77777777" w:rsidTr="00DD6208">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="50181F8B" w14:textId="77777777" w:rsidTr="00AB00C4">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="117"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="522427CF" w14:textId="585F2A03" w:rsidR="00DD6208" w:rsidRPr="00913440" w:rsidRDefault="00DD6208" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522427CF" w14:textId="585F2A03" w:rsidR="008A2D96" w:rsidRPr="00913440" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="1E30C51D" w14:textId="77777777" w:rsidTr="00DD6208">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="1E30C51D" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="56DE0348" w14:textId="55DB894F" w:rsidR="004A6FA2" w:rsidRDefault="00DD6208" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DE0348" w14:textId="55DB894F" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Åtgärdslista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="63F162EC" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="63F162EC" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="127314CB" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="127314CB" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="62B66657" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="62B66657" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="268F4E2A" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="268F4E2A" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="5A8829A1" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="5A8829A1" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2385AE9B" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2385AE9B" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="39502987" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="39502987" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6DFA6060" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFA6060" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="52A11C11" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="52A11C11" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="36A4280C" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A4280C" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="51CFD49D" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="51CFD49D" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7294CED6" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7294CED6" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD6208" w:rsidRPr="00F31F81" w14:paraId="174F406E" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="70D7A125" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...46 lines deleted...]
-          <w:p w14:paraId="186EE1C2" w14:textId="3C2C3969" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="186EE1C2" w14:textId="3C2C3969" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6FA2">
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Underskrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="5D6BB365" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="5D6BB365" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9423" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E1DF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="044EC86D" w14:textId="757F703C" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+          <w:p w14:paraId="044EC86D" w14:textId="757F703C" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6FA2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Datum för underskrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="10BD2A49" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="10BD2A49" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-              <w:bCs/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
             <w:id w:val="1652181822"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="B9F52CAE228D4E3A940EEDDB0629D31C"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4711" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="446DFD81" w14:textId="30A86E2E" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+              <w:p w14:paraId="446DFD81" w14:textId="30A86E2E" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                     <w:bCs/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:eastAsia="sv-SE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004A6FA2">
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:bCs/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="sv-SE"/>
                   </w:rPr>
                   <w:t>Klicka eller tryck här för att ange datum</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
-              <w:bCs/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
             <w:id w:val="-56714382"/>
             <w:placeholder>
-              <w:docPart w:val="04D96B85425F4B9CBD97995832CDD309"/>
+              <w:docPart w:val="17E2FFCF711941FDAD9BB55ACC3A9D5B"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4712" w:type="dxa"/>
                 <w:gridSpan w:val="7"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2EDA88C1" w14:textId="59E8B1F0" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="00913440">
+              <w:p w14:paraId="2EDA88C1" w14:textId="59E8B1F0" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                     <w:bCs/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:eastAsia="sv-SE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004A6FA2">
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
                     <w:bCs/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="sv-SE"/>
                   </w:rPr>
                   <w:t>Klicka eller tryck här för att ange datum</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="079E62F2" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="079E62F2" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4711" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A79E621" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="7A79E621" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6FA2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Signatur, namnförtydligande och funktion.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15308186" w14:textId="317E6AC3" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          <w:p w14:paraId="15308186" w14:textId="317E6AC3" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6FA2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Representant för arbetsgivaren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4712" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3B1FCFD7" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="3B1FCFD7" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6FA2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Signatur, namnförtydligande och eventuell arbetstagarorganisation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00E5B6B1" w14:textId="4E75379B" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          <w:p w14:paraId="00E5B6B1" w14:textId="4E75379B" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="Times New Roman" w:hAnsi="VGR Sans" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6FA2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Skyddsombud för arbetstagarna</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="76F44E85" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="76F44E85" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4711" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3AF2176D" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="3AF2176D" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4712" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="74799273" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="74799273" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="38F4C45E" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="38F4C45E" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4711" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5768C01D" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="5768C01D" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4712" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="689F0E4E" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="689F0E4E" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="4B9DCF3C" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="4B9DCF3C" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4711" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="24B221B3" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="24B221B3" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4712" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60C39E53" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="60C39E53" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="4290C416" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="4290C416" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4711" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4956CECB" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="4956CECB" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4712" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2248166B" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="2248166B" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="6157908E" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="008A2D96" w:rsidRPr="00F31F81" w14:paraId="6157908E" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4711" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="367CBE98" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="367CBE98" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4712" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6AA89B38" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="6AA89B38" w14:textId="77777777" w:rsidR="008A2D96" w:rsidRPr="004A6FA2" w:rsidRDefault="008A2D96" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6FA2" w:rsidRPr="00F31F81" w14:paraId="4C5C37EE" w14:textId="77777777" w:rsidTr="004A6FA2">
+      <w:tr w:rsidR="00F82127" w:rsidRPr="00F31F81" w14:paraId="7D5D033B" w14:textId="77777777" w:rsidTr="00E517BF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4711" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D757DA2" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="004A6FA2" w:rsidRDefault="004A6FA2" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="67585CA1" w14:textId="77777777" w:rsidR="00F82127" w:rsidRPr="004A6FA2" w:rsidRDefault="00F82127" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4712" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...52 lines deleted...]
-          <w:p w14:paraId="38094E87" w14:textId="77777777" w:rsidR="005C2202" w:rsidRPr="004A6FA2" w:rsidRDefault="005C2202" w:rsidP="004A6FA2">
+          </w:tcPr>
+          <w:p w14:paraId="43E683D9" w14:textId="77777777" w:rsidR="00F82127" w:rsidRPr="004A6FA2" w:rsidRDefault="00F82127" w:rsidP="008A2D96">
             <w:pPr>
               <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="386DA9FD" w14:textId="105F138F" w:rsidR="00332724" w:rsidRDefault="00332724" w:rsidP="00332724">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7009E210" w14:textId="77777777" w:rsidR="004A6FA2" w:rsidRPr="00440EC1" w:rsidRDefault="004A6FA2" w:rsidP="00332724">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004A6FA2" w:rsidRPr="00440EC1">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="738EAC46" w14:textId="77777777" w:rsidR="00D0685B" w:rsidRDefault="00D0685B" w:rsidP="00161816">
+    <w:p w14:paraId="43EAFFF2" w14:textId="77777777" w:rsidR="00FC54B2" w:rsidRDefault="00FC54B2" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50B00AE1" w14:textId="77777777" w:rsidR="00D0685B" w:rsidRDefault="00D0685B" w:rsidP="00161816">
+    <w:p w14:paraId="5B2845DC" w14:textId="77777777" w:rsidR="00FC54B2" w:rsidRDefault="00FC54B2" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="VGR Sans">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="15011DB7" w14:textId="77777777" w:rsidR="00440EC1" w:rsidRDefault="00440EC1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="15011DB7" w14:textId="77777777" w:rsidR="00440EC1" w:rsidRDefault="3AA04473">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:noProof/>
-        <w:color w:val="121212"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="295DE690" wp14:editId="1262E5D3">
-[...1 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="295DE690" wp14:editId="26961D15">
+          <wp:extent cx="2214000" cy="375000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:docPr id="3" name="Bild 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Bild 3"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                       <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                         <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2214000" cy="450000"/>
+                    <a:ext cx="2214000" cy="375000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="456E77AB" w14:textId="77777777" w:rsidR="00D0685B" w:rsidRDefault="00D0685B" w:rsidP="00161816">
+    <w:p w14:paraId="7F3B50CB" w14:textId="77777777" w:rsidR="00FC54B2" w:rsidRDefault="00FC54B2" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0762026F" w14:textId="77777777" w:rsidR="00D0685B" w:rsidRDefault="00D0685B" w:rsidP="00161816">
+    <w:p w14:paraId="4CBCDC8A" w14:textId="77777777" w:rsidR="00FC54B2" w:rsidRDefault="00FC54B2" w:rsidP="00161816">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1318336367"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="0BEAD2D6" w14:textId="77777777" w:rsidR="00332724" w:rsidRDefault="00332724">
+      <w:p w14:paraId="004BE36C" w14:textId="5DF216D4" w:rsidR="001D21A6" w:rsidRDefault="001D21A6" w:rsidP="3AA04473">
         <w:pPr>
-          <w:pStyle w:val="Sidhuvud"/>
-[...5 lines deleted...]
-        <w:r>
+          <w:pStyle w:val="Header"/>
           <w:rPr>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:t>Version 2.0</w:t>
+        </w:r>
+        <w:r w:rsidR="00332724">
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00332724">
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="3AA04473">
+          <w:t xml:space="preserve">Sida </w:t>
+        </w:r>
+        <w:r w:rsidR="00332724" w:rsidRPr="3AA04473">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:instrText>PAGE</w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="3AA04473" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="3AA04473">
           <w:t xml:space="preserve"> av </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:instrText>NUMPAGES</w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="3AA04473" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00332724" w:rsidRPr="3AA04473">
           <w:rPr>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="0BEAD2D6" w14:textId="5DDA402A" w:rsidR="00332724" w:rsidRPr="001D21A6" w:rsidRDefault="001D21A6" w:rsidP="3AA04473">
+        <w:pPr>
+          <w:pStyle w:val="Header"/>
+        </w:pPr>
+        <w:r w:rsidRPr="001D21A6">
+          <w:t>Datum 2026-01-29</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4AA7003B" w14:textId="77777777" w:rsidR="00332724" w:rsidRDefault="00332724">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19CE34CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECCCCD7C"/>
     <w:lvl w:ilvl="0" w:tplc="041D0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12951,149 +13807,393 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="752699086">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1552380454">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="271984101">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="673217862">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="131"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007916BE"/>
+    <w:rsid w:val="000157B5"/>
+    <w:rsid w:val="0001725D"/>
     <w:rsid w:val="0002417C"/>
+    <w:rsid w:val="000241C5"/>
+    <w:rsid w:val="0002566F"/>
+    <w:rsid w:val="0003199E"/>
+    <w:rsid w:val="000343FB"/>
     <w:rsid w:val="00044B6C"/>
+    <w:rsid w:val="00055696"/>
+    <w:rsid w:val="00066887"/>
+    <w:rsid w:val="00073884"/>
+    <w:rsid w:val="00080F89"/>
+    <w:rsid w:val="00095D03"/>
+    <w:rsid w:val="000A32FB"/>
+    <w:rsid w:val="000B35E9"/>
+    <w:rsid w:val="000E5860"/>
+    <w:rsid w:val="000E7941"/>
+    <w:rsid w:val="00111578"/>
+    <w:rsid w:val="001140B5"/>
     <w:rsid w:val="00135CEB"/>
+    <w:rsid w:val="001424F5"/>
+    <w:rsid w:val="0014752B"/>
+    <w:rsid w:val="00150FA4"/>
+    <w:rsid w:val="001513E5"/>
+    <w:rsid w:val="00152F29"/>
+    <w:rsid w:val="0015388C"/>
     <w:rsid w:val="00161816"/>
+    <w:rsid w:val="00164934"/>
+    <w:rsid w:val="0017090F"/>
+    <w:rsid w:val="00186C24"/>
+    <w:rsid w:val="00190B4D"/>
+    <w:rsid w:val="0019361B"/>
+    <w:rsid w:val="001A21A3"/>
+    <w:rsid w:val="001D21A6"/>
+    <w:rsid w:val="001D6E7B"/>
+    <w:rsid w:val="001F0E84"/>
     <w:rsid w:val="00223149"/>
+    <w:rsid w:val="0022425E"/>
     <w:rsid w:val="0026629A"/>
+    <w:rsid w:val="00281C95"/>
+    <w:rsid w:val="00291E64"/>
     <w:rsid w:val="002A2FD0"/>
+    <w:rsid w:val="002C6AF4"/>
+    <w:rsid w:val="0030585E"/>
+    <w:rsid w:val="00317E7C"/>
     <w:rsid w:val="00332724"/>
+    <w:rsid w:val="00343A57"/>
+    <w:rsid w:val="003669B8"/>
+    <w:rsid w:val="003D62EB"/>
     <w:rsid w:val="003E026E"/>
     <w:rsid w:val="003E2069"/>
+    <w:rsid w:val="003F19E4"/>
+    <w:rsid w:val="003F3BC1"/>
+    <w:rsid w:val="0040347F"/>
+    <w:rsid w:val="00427E9B"/>
     <w:rsid w:val="00432CF6"/>
+    <w:rsid w:val="0043485C"/>
     <w:rsid w:val="00440EC1"/>
+    <w:rsid w:val="00452BE8"/>
+    <w:rsid w:val="00454FF9"/>
     <w:rsid w:val="00470345"/>
+    <w:rsid w:val="00470E85"/>
     <w:rsid w:val="00476875"/>
+    <w:rsid w:val="004A37D2"/>
     <w:rsid w:val="004A6FA2"/>
+    <w:rsid w:val="004A741D"/>
+    <w:rsid w:val="004B77FD"/>
+    <w:rsid w:val="004C1FA7"/>
+    <w:rsid w:val="004C26CB"/>
+    <w:rsid w:val="004E3222"/>
+    <w:rsid w:val="005045A3"/>
+    <w:rsid w:val="0050464A"/>
+    <w:rsid w:val="0054173B"/>
+    <w:rsid w:val="00586036"/>
+    <w:rsid w:val="00590D5A"/>
     <w:rsid w:val="005A2726"/>
+    <w:rsid w:val="005A3086"/>
+    <w:rsid w:val="005A3BE2"/>
+    <w:rsid w:val="005A57C2"/>
+    <w:rsid w:val="005B1156"/>
+    <w:rsid w:val="005B5118"/>
     <w:rsid w:val="005C2202"/>
+    <w:rsid w:val="005C5075"/>
     <w:rsid w:val="005C5D6C"/>
+    <w:rsid w:val="005D3126"/>
+    <w:rsid w:val="00613C94"/>
     <w:rsid w:val="00622C35"/>
+    <w:rsid w:val="00633960"/>
+    <w:rsid w:val="006463F7"/>
+    <w:rsid w:val="00657B7B"/>
+    <w:rsid w:val="006621B7"/>
+    <w:rsid w:val="00690118"/>
+    <w:rsid w:val="006919E3"/>
+    <w:rsid w:val="006A02DE"/>
+    <w:rsid w:val="006D2DD6"/>
+    <w:rsid w:val="006D3E30"/>
+    <w:rsid w:val="0072026F"/>
+    <w:rsid w:val="00726BE0"/>
+    <w:rsid w:val="00744145"/>
+    <w:rsid w:val="00761FB5"/>
+    <w:rsid w:val="00762A45"/>
     <w:rsid w:val="007916BE"/>
     <w:rsid w:val="007A3749"/>
+    <w:rsid w:val="007C223E"/>
+    <w:rsid w:val="007F2740"/>
+    <w:rsid w:val="00804630"/>
+    <w:rsid w:val="008127D8"/>
+    <w:rsid w:val="00817528"/>
+    <w:rsid w:val="00827343"/>
     <w:rsid w:val="00827D3B"/>
+    <w:rsid w:val="008365C9"/>
+    <w:rsid w:val="00841250"/>
+    <w:rsid w:val="00867364"/>
+    <w:rsid w:val="0087627C"/>
+    <w:rsid w:val="008832F4"/>
+    <w:rsid w:val="008978E9"/>
+    <w:rsid w:val="008A2D96"/>
+    <w:rsid w:val="008A76A9"/>
     <w:rsid w:val="008A7938"/>
+    <w:rsid w:val="008C2639"/>
+    <w:rsid w:val="008C5257"/>
+    <w:rsid w:val="008D066B"/>
+    <w:rsid w:val="008F6FD3"/>
+    <w:rsid w:val="00907D41"/>
     <w:rsid w:val="00913440"/>
+    <w:rsid w:val="0092429C"/>
+    <w:rsid w:val="0092533D"/>
     <w:rsid w:val="00946284"/>
+    <w:rsid w:val="00957D90"/>
+    <w:rsid w:val="00962FBD"/>
+    <w:rsid w:val="009828BE"/>
     <w:rsid w:val="009A2DF5"/>
+    <w:rsid w:val="009D01BB"/>
+    <w:rsid w:val="009D6372"/>
+    <w:rsid w:val="009E0EC5"/>
+    <w:rsid w:val="009E705B"/>
+    <w:rsid w:val="009F1196"/>
+    <w:rsid w:val="00A247F9"/>
+    <w:rsid w:val="00A35918"/>
+    <w:rsid w:val="00A41864"/>
+    <w:rsid w:val="00A426F0"/>
+    <w:rsid w:val="00A52B52"/>
+    <w:rsid w:val="00A73ABA"/>
+    <w:rsid w:val="00A76E2C"/>
+    <w:rsid w:val="00A77295"/>
+    <w:rsid w:val="00A96628"/>
+    <w:rsid w:val="00A97FA4"/>
+    <w:rsid w:val="00AA2DD2"/>
     <w:rsid w:val="00AA7395"/>
+    <w:rsid w:val="00AB00C4"/>
+    <w:rsid w:val="00AB75BD"/>
+    <w:rsid w:val="00AC4EB5"/>
+    <w:rsid w:val="00AC4EE3"/>
     <w:rsid w:val="00AD22DD"/>
+    <w:rsid w:val="00AD2AA8"/>
+    <w:rsid w:val="00AF7696"/>
+    <w:rsid w:val="00B13415"/>
+    <w:rsid w:val="00B136C3"/>
+    <w:rsid w:val="00B65BF1"/>
+    <w:rsid w:val="00B91A56"/>
     <w:rsid w:val="00BB0FE0"/>
     <w:rsid w:val="00BB2B14"/>
+    <w:rsid w:val="00BB5E1C"/>
+    <w:rsid w:val="00BC7217"/>
+    <w:rsid w:val="00BE276A"/>
+    <w:rsid w:val="00BE4292"/>
+    <w:rsid w:val="00BF242A"/>
+    <w:rsid w:val="00BF4076"/>
     <w:rsid w:val="00C01372"/>
+    <w:rsid w:val="00C15785"/>
+    <w:rsid w:val="00C22394"/>
     <w:rsid w:val="00C31760"/>
+    <w:rsid w:val="00C7147F"/>
+    <w:rsid w:val="00C71FA9"/>
+    <w:rsid w:val="00C80A38"/>
     <w:rsid w:val="00C8153C"/>
+    <w:rsid w:val="00C90A6B"/>
+    <w:rsid w:val="00CA6A50"/>
+    <w:rsid w:val="00CC51F8"/>
+    <w:rsid w:val="00CE0224"/>
+    <w:rsid w:val="00CE50A4"/>
     <w:rsid w:val="00D0685B"/>
+    <w:rsid w:val="00D1157B"/>
+    <w:rsid w:val="00D41ECB"/>
+    <w:rsid w:val="00D447FF"/>
+    <w:rsid w:val="00D64744"/>
+    <w:rsid w:val="00D72C16"/>
+    <w:rsid w:val="00D82FF8"/>
+    <w:rsid w:val="00D9733D"/>
+    <w:rsid w:val="00D97887"/>
     <w:rsid w:val="00DB4813"/>
+    <w:rsid w:val="00DD27E5"/>
     <w:rsid w:val="00DD6208"/>
     <w:rsid w:val="00E41A53"/>
+    <w:rsid w:val="00E517BF"/>
+    <w:rsid w:val="00E57527"/>
+    <w:rsid w:val="00E70D87"/>
+    <w:rsid w:val="00EB0DAD"/>
+    <w:rsid w:val="00EB13B6"/>
+    <w:rsid w:val="00EB2C63"/>
+    <w:rsid w:val="00EC4A41"/>
+    <w:rsid w:val="00ED5490"/>
+    <w:rsid w:val="00EE0888"/>
+    <w:rsid w:val="00EF3F1D"/>
+    <w:rsid w:val="00F12CF7"/>
+    <w:rsid w:val="00F32477"/>
+    <w:rsid w:val="00F33CC5"/>
+    <w:rsid w:val="00F34F87"/>
+    <w:rsid w:val="00F436AB"/>
     <w:rsid w:val="00F47B3E"/>
+    <w:rsid w:val="00F5679E"/>
+    <w:rsid w:val="00F819D8"/>
+    <w:rsid w:val="00F82127"/>
+    <w:rsid w:val="00F96238"/>
+    <w:rsid w:val="00FA1483"/>
+    <w:rsid w:val="00FC54B2"/>
+    <w:rsid w:val="00FC7AAC"/>
+    <w:rsid w:val="013CABE0"/>
+    <w:rsid w:val="01C18079"/>
+    <w:rsid w:val="02D89976"/>
+    <w:rsid w:val="049F75C8"/>
+    <w:rsid w:val="0B4AC4D4"/>
+    <w:rsid w:val="0BAF6AC5"/>
+    <w:rsid w:val="0BD636EE"/>
+    <w:rsid w:val="0DC69979"/>
+    <w:rsid w:val="0F264217"/>
+    <w:rsid w:val="11B52FF3"/>
+    <w:rsid w:val="11F62DC6"/>
+    <w:rsid w:val="17C1E257"/>
+    <w:rsid w:val="19291840"/>
+    <w:rsid w:val="1965EA5C"/>
+    <w:rsid w:val="1C860A43"/>
+    <w:rsid w:val="1CDEBD0B"/>
+    <w:rsid w:val="1E8194C8"/>
+    <w:rsid w:val="226DBFAD"/>
+    <w:rsid w:val="259E73BF"/>
+    <w:rsid w:val="28BD9EB2"/>
+    <w:rsid w:val="292D5E9E"/>
+    <w:rsid w:val="293F0F17"/>
+    <w:rsid w:val="2AA08534"/>
+    <w:rsid w:val="2AAE72AC"/>
+    <w:rsid w:val="2B6FCF86"/>
+    <w:rsid w:val="2BEAEC06"/>
+    <w:rsid w:val="2C5B5786"/>
+    <w:rsid w:val="32105AD3"/>
+    <w:rsid w:val="35637DC5"/>
+    <w:rsid w:val="3689F087"/>
+    <w:rsid w:val="38DE8285"/>
+    <w:rsid w:val="3A0344B1"/>
+    <w:rsid w:val="3AA04473"/>
+    <w:rsid w:val="3ACADCF1"/>
+    <w:rsid w:val="3B6F190D"/>
+    <w:rsid w:val="425E2D0F"/>
+    <w:rsid w:val="4317D37A"/>
+    <w:rsid w:val="4451EEC8"/>
+    <w:rsid w:val="449C904E"/>
+    <w:rsid w:val="46BE0DF1"/>
+    <w:rsid w:val="478CE9D1"/>
+    <w:rsid w:val="4922140E"/>
+    <w:rsid w:val="494718B7"/>
+    <w:rsid w:val="4AAE9596"/>
+    <w:rsid w:val="4C321CDF"/>
+    <w:rsid w:val="4C829704"/>
+    <w:rsid w:val="59D82F03"/>
+    <w:rsid w:val="5B34D0A3"/>
+    <w:rsid w:val="5E1A8807"/>
+    <w:rsid w:val="5E930598"/>
+    <w:rsid w:val="60AD68C1"/>
+    <w:rsid w:val="63D833AA"/>
+    <w:rsid w:val="645AED70"/>
+    <w:rsid w:val="64AB0920"/>
+    <w:rsid w:val="65ACAB75"/>
+    <w:rsid w:val="66850E89"/>
+    <w:rsid w:val="6A60FE5A"/>
+    <w:rsid w:val="6F6D673E"/>
+    <w:rsid w:val="6F9B2052"/>
+    <w:rsid w:val="707E4225"/>
+    <w:rsid w:val="71720C9B"/>
+    <w:rsid w:val="7210E100"/>
+    <w:rsid w:val="790B6281"/>
+    <w:rsid w:val="7AA257E5"/>
+    <w:rsid w:val="7AB1B859"/>
+    <w:rsid w:val="7C3FC959"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="5FD70F13"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13454,353 +14554,379 @@
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00332724"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00161816"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00161816"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00161816"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00161816"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00827D3B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004A6FA2"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\chrfr13\Downloads\Checklista%20f&#246;r%20skyddsrond%20fysisk%20arbetsmilj&#246;%20(37).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="B9F52CAE228D4E3A940EEDDB0629D31C"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1B1AAFCE-DCE9-42D7-97A1-26385E10CCC5}"/>
+        <w:guid w:val="{6DD6E1FA-9B3E-4991-A454-2360B0C58254}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA5883" w:rsidRDefault="00647742">
+        <w:p w:rsidR="00F4491E" w:rsidRDefault="00FA283E" w:rsidP="00FA283E">
+          <w:pPr>
+            <w:pStyle w:val="B9F52CAE228D4E3A940EEDDB0629D31C"/>
+          </w:pPr>
           <w:r w:rsidRPr="00A6668B">
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Klicka eller tryck här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="04D96B85425F4B9CBD97995832CDD309"/>
+        <w:name w:val="17E2FFCF711941FDAD9BB55ACC3A9D5B"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E3E2ED19-29FD-4A2E-9965-15447E7F5AA0}"/>
+        <w:guid w:val="{A55ED002-E48E-4407-9F90-8A002169EB78}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA5883" w:rsidRDefault="00647742" w:rsidP="00647742">
+        <w:p w:rsidR="00F4491E" w:rsidRDefault="00FA283E" w:rsidP="00FA283E">
           <w:pPr>
-            <w:pStyle w:val="04D96B85425F4B9CBD97995832CDD309"/>
+            <w:pStyle w:val="17E2FFCF711941FDAD9BB55ACC3A9D5B"/>
           </w:pPr>
           <w:r w:rsidRPr="00A6668B">
             <w:rPr>
-              <w:rStyle w:val="Platshllartext"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Klicka eller tryck här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="VGR Sans">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00647742"/>
+    <w:rsid w:val="0003199E"/>
+    <w:rsid w:val="001F36B6"/>
+    <w:rsid w:val="0040347F"/>
     <w:rsid w:val="00647742"/>
     <w:rsid w:val="009E2E52"/>
     <w:rsid w:val="00A73964"/>
     <w:rsid w:val="00E371C9"/>
+    <w:rsid w:val="00EE0888"/>
+    <w:rsid w:val="00F4491E"/>
+    <w:rsid w:val="00FA283E"/>
     <w:rsid w:val="00FA5883"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14156,96 +15282,250 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00647742"/>
+    <w:rsid w:val="00FA283E"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="04D96B85425F4B9CBD97995832CDD309">
     <w:name w:val="04D96B85425F4B9CBD97995832CDD309"/>
     <w:rsid w:val="00647742"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2361752A2CB745B9869C049FDF57808E">
+    <w:name w:val="2361752A2CB745B9869C049FDF57808E"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBDD3AFDE10B4862A0D6CC6FBBEFD952">
+    <w:name w:val="DBDD3AFDE10B4862A0D6CC6FBBEFD952"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29E132E1D21B416A8705454CBAA23275">
+    <w:name w:val="29E132E1D21B416A8705454CBAA23275"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4A4AB961E65422B932822BB7BF3C5FA">
+    <w:name w:val="D4A4AB961E65422B932822BB7BF3C5FA"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A9315CCAEB04F198D595386FB739BFC">
+    <w:name w:val="3A9315CCAEB04F198D595386FB739BFC"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD09DF8D15024208B502FFE6DFBBBE41">
+    <w:name w:val="FD09DF8D15024208B502FFE6DFBBBE41"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06076FA8F5F849E38EDB11226A1F74E4">
+    <w:name w:val="06076FA8F5F849E38EDB11226A1F74E4"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="82FE00F9EEDE4B03A6B81F1F4A29C794">
+    <w:name w:val="82FE00F9EEDE4B03A6B81F1F4A29C794"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="110F1E77144F4200AE8389886A48B61F">
+    <w:name w:val="110F1E77144F4200AE8389886A48B61F"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="114D78D8C65C487AB4CFE99C84773714">
+    <w:name w:val="114D78D8C65C487AB4CFE99C84773714"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00BFC440148B4E46865C7BD40CEAF110">
+    <w:name w:val="00BFC440148B4E46865C7BD40CEAF110"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DD88F17716E46E1895A30BE4E74D74F">
+    <w:name w:val="6DD88F17716E46E1895A30BE4E74D74F"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9F52CAE228D4E3A940EEDDB0629D31C">
+    <w:name w:val="B9F52CAE228D4E3A940EEDDB0629D31C"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17E2FFCF711941FDAD9BB55ACC3A9D5B">
+    <w:name w:val="17E2FFCF711941FDAD9BB55ACC3A9D5B"/>
+    <w:rsid w:val="00FA283E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -14504,71 +15784,56 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Checklista för skyddsrond fysisk arbetsmiljö (37)</Template>
+  <Template>Checklista%20för%20skyddsrond%20fysisk%20arbetsmiljö%20(37).dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>4693</Characters>
+  <Pages>1</Pages>
+  <Words>926</Words>
+  <Characters>5283</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>11</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5567</CharactersWithSpaces>
+  <CharactersWithSpaces>6197</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Checklista för arbetsmiljö-skyddsrond i delade administrativa miljöer</dc:title>
+  <dc:title>Checklista för arbetsmiljö-/skyddsrond i delade administrativa miljöer</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>